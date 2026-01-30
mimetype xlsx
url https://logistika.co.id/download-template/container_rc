--- v0 (2025-10-24)
+++ v1 (2026-01-30)
@@ -5,75 +5,75 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="10119"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/arifal/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CE35D9C4-D83C-244A-977F-3D8622A4AB6B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{199D470D-45D4-5D4A-BEE1-336D59A0DC0A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="500" windowWidth="33600" windowHeight="19100" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Coparn" sheetId="1" r:id="rId1"/>
     <sheet name="Panduan" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029" forceFullCalc="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="599" uniqueCount="566">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="638" uniqueCount="589">
   <si>
     <t>Container No</t>
   </si>
   <si>
     <t>Container Code</t>
   </si>
   <si>
     <t>Full</t>
   </si>
   <si>
     <t>Imo Class</t>
   </si>
   <si>
     <t>Discharge Port</t>
   </si>
   <si>
     <t>Container Operator</t>
   </si>
   <si>
     <t>Gross</t>
   </si>
   <si>
     <t>PEB</t>
   </si>
   <si>
@@ -112,62 +112,50 @@
   <si>
     <t>Over Weight</t>
   </si>
   <si>
     <t>Temperature</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
     <t>IDBUR</t>
   </si>
   <si>
     <t>flammable gases</t>
   </si>
   <si>
     <t>CNSHK</t>
   </si>
   <si>
     <t>SSL</t>
   </si>
   <si>
     <t>Wajib diisi dengan 11 karakter dari nomor container</t>
   </si>
   <si>
-    <t>Code container yang di cantumkan</t>
-[...10 lines deleted...]
-  <si>
     <t>1.3</t>
   </si>
   <si>
     <t>5.1</t>
   </si>
   <si>
     <t>5.2</t>
   </si>
   <si>
     <t>6.1</t>
   </si>
   <si>
     <t>6.2</t>
   </si>
   <si>
     <t>1.4</t>
   </si>
   <si>
     <t>1.1</t>
   </si>
   <si>
     <t>1.5</t>
   </si>
   <si>
     <t>1.2</t>
@@ -241,158 +229,98 @@
   <si>
     <t>Flammable solids</t>
   </si>
   <si>
     <t>Substances which, in contact with water, emit flammable gases</t>
   </si>
   <si>
     <t>non-flammable, non-toxic gases</t>
   </si>
   <si>
     <t>Extremely insensitive articles which do not have a mass explosion hazard</t>
   </si>
   <si>
     <t>Perkiraan berat kotor dari container dalam satuan Kilogram</t>
   </si>
   <si>
     <t>Jika tidak ada bisa diisi "0"</t>
   </si>
   <si>
     <t>Jika container bermuatan Dangerous Good maka diisi "YES"</t>
   </si>
   <si>
     <t>Jika container bukan bermuatan Dangerous Good maka diisi "NO"</t>
   </si>
   <si>
-    <t>Diisi dengan code nomor class imo</t>
-[...1 lines deleted...]
-  <si>
     <t>Jika container Truck Losing maka diisi "YES"</t>
   </si>
   <si>
     <t>Jika container bukan Truck Losing maka diisi "NO"</t>
   </si>
   <si>
     <t>Jika ada kelebihan panjang pada ukuran container maka diisi nilai lebih dalam Centimeter</t>
   </si>
   <si>
     <t>Jika ada kelebihan panjang pada ukuran container bagian depan maka diisi nilai lebih dalam Centimeter</t>
   </si>
   <si>
     <t>Jika ada kelebihan panjang pada ukuran container bagian belakang maka diisi nilai lebih dalam Centimeter</t>
   </si>
   <si>
     <t>Jika ada kelebihan tinggi pada ukuran container maka diisi nilai lebih dalam Centimeter</t>
   </si>
   <si>
     <t>Jika ada kelebihan lebar pada ukuran container maka diisi nilai lebih dalam Centimeter</t>
   </si>
   <si>
     <t>Jika ada kelebihan lebar pada ukuran container bagian kiri maka diisi nilai lebih dalam Centimeter</t>
   </si>
   <si>
     <t>Jika ada kelebihan lebar pada ukuran container bagian kanan maka diisi nilai lebih dalam Centimeter</t>
   </si>
   <si>
     <t>Jika ada kelebihan berat pada ukuran container maka diisi nilai lebih dalam Kilogram</t>
   </si>
   <si>
     <t>Jika container butuh suhu tertentu maka diisi dengan satuan Celcius</t>
   </si>
   <si>
     <t>Note atau catatan jika diperlukan</t>
   </si>
   <si>
     <t>Kolom Coparn</t>
   </si>
   <si>
     <t>Penjelasan</t>
   </si>
   <si>
     <t>Diisi nomor imo jika ada</t>
   </si>
   <si>
     <t>Wajib diisi dan jika belum ada maka diisi "///"</t>
   </si>
   <si>
-    <t>22G1 - container dry 20ft</t>
-[...55 lines deleted...]
-  <si>
     <t>BTM</t>
   </si>
   <si>
     <t>BATAM (BTM)</t>
   </si>
   <si>
     <t>IDBAT</t>
   </si>
   <si>
     <t>BATAM (IDBAT)</t>
   </si>
   <si>
     <t>IDKUA</t>
   </si>
   <si>
     <t>Kualalangsa</t>
   </si>
   <si>
     <t>IDKUM</t>
   </si>
   <si>
     <t>KUMAI</t>
   </si>
   <si>
     <t>IDPSS</t>
@@ -592,53 +520,50 @@
   <si>
     <t>PERAWANG</t>
   </si>
   <si>
     <t>My</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>IDBLW</t>
   </si>
   <si>
     <t>BELAWAN</t>
   </si>
   <si>
     <t>SGSIN</t>
   </si>
   <si>
     <t>SINGAPORE</t>
   </si>
   <si>
     <t>BATAM / BATU AMPAR</t>
   </si>
   <si>
-    <t>Diisi dengan code pelabuhan tujuan container</t>
-[...1 lines deleted...]
-  <si>
     <t>Diisi dengan code operator container, jika tidak ada diisi dengan code "SSL"</t>
   </si>
   <si>
     <t>EA</t>
   </si>
   <si>
     <t>EVERGREEN EMA / EA</t>
   </si>
   <si>
     <t>EH</t>
   </si>
   <si>
     <t>EVERGREEN EGH / EH</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EVERGREEN EMS / EM</t>
   </si>
   <si>
     <t>EMC</t>
   </si>
   <si>
     <t>EVERGREEN EMC / EMC</t>
@@ -1727,122 +1652,290 @@
     <t>GP CONTAINER 20 FEET</t>
   </si>
   <si>
     <t>CONTAINER 20 FEET ISI</t>
   </si>
   <si>
     <t>CONTAINER 20 FEET KOSONG</t>
   </si>
   <si>
     <t>CONTAINER 40 FEET ISI</t>
   </si>
   <si>
     <t>HC CONTAINER 20 FEET</t>
   </si>
   <si>
     <t>CONTAINER 40 FEET KOSONG</t>
   </si>
   <si>
     <t>Commodity</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
+  </si>
+  <si>
+    <t>42G1</t>
+  </si>
+  <si>
+    <t>22G1</t>
+  </si>
+  <si>
+    <t>Extra Sling</t>
+  </si>
+  <si>
+    <t>Plugging (Refrigrated Container)</t>
+  </si>
+  <si>
+    <t>Plugging Time</t>
+  </si>
+  <si>
+    <t>Temperature (°C)</t>
+  </si>
+  <si>
+    <t>In celcius</t>
+  </si>
+  <si>
+    <t>Container Dry 20 ft</t>
+  </si>
+  <si>
+    <t>22U1</t>
+  </si>
+  <si>
+    <t>Container Open Top 20 ft</t>
+  </si>
+  <si>
+    <t>Container Dry 40 ft</t>
+  </si>
+  <si>
+    <t>45G1</t>
+  </si>
+  <si>
+    <t>Container Dry High Cube 40 ft</t>
+  </si>
+  <si>
+    <t>42U1</t>
+  </si>
+  <si>
+    <t>Container Open Top 40 ft</t>
+  </si>
+  <si>
+    <t>45U1</t>
+  </si>
+  <si>
+    <t>Container Open Top High Cube 40 ft</t>
+  </si>
+  <si>
+    <t>L5G1</t>
+  </si>
+  <si>
+    <t>Container 45 ft High Cube</t>
+  </si>
+  <si>
+    <t>22R1</t>
+  </si>
+  <si>
+    <t>Container Reefer 20 ft</t>
+  </si>
+  <si>
+    <t>42R1</t>
+  </si>
+  <si>
+    <t>Container Reefer 40 ft</t>
+  </si>
+  <si>
+    <t>45R1</t>
+  </si>
+  <si>
+    <t>Container Reefer High Cube 40 ft</t>
+  </si>
+  <si>
+    <t>22DG</t>
+  </si>
+  <si>
+    <t>Container DG 20 ft</t>
+  </si>
+  <si>
+    <t>42DG</t>
+  </si>
+  <si>
+    <t>Container DG 40 ft</t>
+  </si>
+  <si>
+    <t>45DG</t>
+  </si>
+  <si>
+    <t>Container DG High Cube 40 ft</t>
+  </si>
+  <si>
+    <t>22T1</t>
+  </si>
+  <si>
+    <t>Container Tank 20 ft</t>
+  </si>
+  <si>
+    <t>42T1</t>
+  </si>
+  <si>
+    <t>Container Tank 40 ft</t>
+  </si>
+  <si>
+    <t>45T1</t>
+  </si>
+  <si>
+    <t>Container Tank High Cube 40 ft</t>
+  </si>
+  <si>
+    <t>22P3</t>
+  </si>
+  <si>
+    <t>Container Flat Track 20 ft</t>
+  </si>
+  <si>
+    <t>42P3</t>
+  </si>
+  <si>
+    <t>Container Flat Track 40 ft</t>
+  </si>
+  <si>
+    <t>45P3</t>
+  </si>
+  <si>
+    <t>Container Flat Track High Cube 40 ft</t>
+  </si>
+  <si>
+    <t>Full / Isi</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Empty / Kosong</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MTY </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FCL </t>
+  </si>
+  <si>
+    <t>Plugging Time (Y-m-d H:i:s)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="5" x14ac:knownFonts="1">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd\ hh\:mm\:ss\ "/>
+  </numFmts>
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
-    </font>
-[...4 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF9C0006"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color rgb="FF9C0006"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="18"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri (Body)"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF9C0006"/>
+      <name val="Calibri (Body)"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="18"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri (Body)"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFBDD7EE"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="8">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
@@ -1851,201 +1944,189 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom/>
-[...9 lines deleted...]
-      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...7 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="37">
+  <cellXfs count="41">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="7" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="5" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="5" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...62 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Bad" xfId="1" builtinId="27"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2313,2925 +2394,5380 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L4"/>
+  <dimension ref="A1:X406"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="88" workbookViewId="0">
-      <selection activeCell="L2" sqref="L2"/>
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="55" workbookViewId="0">
+      <selection activeCell="J6" sqref="J6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="23" customWidth="1"/>
     <col min="2" max="2" width="25.33203125" customWidth="1"/>
     <col min="3" max="3" width="12.33203125" customWidth="1"/>
     <col min="4" max="4" width="21.6640625" customWidth="1"/>
     <col min="5" max="5" width="22" customWidth="1"/>
     <col min="6" max="6" width="30.83203125" customWidth="1"/>
     <col min="7" max="7" width="12" customWidth="1"/>
     <col min="8" max="8" width="16.5" style="1" customWidth="1"/>
     <col min="9" max="9" width="17.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="20.1640625" style="1" customWidth="1"/>
     <col min="11" max="11" width="20.33203125" customWidth="1"/>
     <col min="12" max="12" width="20.5" customWidth="1"/>
+    <col min="13" max="13" width="22" customWidth="1"/>
+    <col min="14" max="14" width="17" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="24.6640625" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="24" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="14.1640625" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="16" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="21.83203125" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="23.6640625" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="17.6640625" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="43.83203125" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="23.6640625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="35.83203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="24" x14ac:dyDescent="0.3">
-      <c r="A1" s="16" t="s">
+    <row r="1" spans="1:24" s="24" customFormat="1" ht="31" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="16" t="s">
+      <c r="B1" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="16" t="s">
+      <c r="C1" s="19" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="17" t="s">
+      <c r="D1" s="20" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="16" t="s">
+      <c r="E1" s="19" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="16" t="s">
+      <c r="F1" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="16" t="s">
+      <c r="G1" s="19" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="18" t="s">
+      <c r="H1" s="21" t="s">
         <v>8</v>
       </c>
-      <c r="I1" s="19" t="s">
+      <c r="I1" s="22" t="s">
         <v>9</v>
       </c>
-      <c r="J1" s="18" t="s">
+      <c r="J1" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="K1" s="16" t="s">
+      <c r="K1" s="19" t="s">
         <v>11</v>
       </c>
-      <c r="L1" s="19" t="s">
-[...42 lines deleted...]
-      <c r="L4" s="6"/>
+      <c r="L1" s="22" t="s">
+        <v>538</v>
+      </c>
+      <c r="M1" s="23" t="s">
+        <v>543</v>
+      </c>
+      <c r="N1" s="21" t="s">
+        <v>12</v>
+      </c>
+      <c r="O1" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="P1" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="Q1" s="23" t="s">
+        <v>15</v>
+      </c>
+      <c r="R1" s="23" t="s">
+        <v>16</v>
+      </c>
+      <c r="S1" s="23" t="s">
+        <v>17</v>
+      </c>
+      <c r="T1" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="U1" s="23" t="s">
+        <v>19</v>
+      </c>
+      <c r="V1" s="23" t="s">
+        <v>544</v>
+      </c>
+      <c r="W1" s="23" t="s">
+        <v>546</v>
+      </c>
+      <c r="X1" s="23" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="2" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="29"/>
+      <c r="B2" s="29"/>
+      <c r="C2" s="29"/>
+      <c r="D2" s="29"/>
+      <c r="E2" s="29"/>
+      <c r="F2" s="29"/>
+      <c r="G2" s="29"/>
+      <c r="H2" s="30"/>
+      <c r="I2" s="26" t="s">
+        <v>540</v>
+      </c>
+      <c r="J2" s="30"/>
+      <c r="K2" s="26"/>
+      <c r="L2" s="25"/>
+      <c r="M2" s="25" t="s">
+        <v>540</v>
+      </c>
+      <c r="N2" s="25"/>
+      <c r="O2" s="25"/>
+      <c r="P2" s="25"/>
+      <c r="Q2" s="25"/>
+      <c r="R2" s="25"/>
+      <c r="S2" s="25"/>
+      <c r="T2" s="25"/>
+      <c r="U2" s="25"/>
+      <c r="V2" s="25" t="s">
+        <v>540</v>
+      </c>
+      <c r="W2" s="25"/>
+      <c r="X2" s="27"/>
+    </row>
+    <row r="3" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="29"/>
+      <c r="B3" s="29"/>
+      <c r="C3" s="29"/>
+      <c r="D3" s="25"/>
+      <c r="E3" s="25"/>
+      <c r="F3" s="25"/>
+      <c r="G3" s="25"/>
+      <c r="H3" s="26"/>
+      <c r="I3" s="26"/>
+      <c r="J3" s="26"/>
+      <c r="K3" s="26"/>
+      <c r="L3" s="25"/>
+      <c r="M3" s="25"/>
+      <c r="N3" s="25"/>
+      <c r="O3" s="25"/>
+      <c r="P3" s="25"/>
+      <c r="Q3" s="25"/>
+      <c r="R3" s="25"/>
+      <c r="S3" s="25"/>
+      <c r="T3" s="25"/>
+      <c r="U3" s="25"/>
+      <c r="V3" s="25"/>
+      <c r="W3" s="25"/>
+      <c r="X3" s="27"/>
+    </row>
+    <row r="4" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="25"/>
+      <c r="B4" s="25"/>
+      <c r="C4" s="29"/>
+      <c r="D4" s="25"/>
+      <c r="E4" s="25"/>
+      <c r="F4" s="25"/>
+      <c r="G4" s="25"/>
+      <c r="H4" s="26"/>
+      <c r="I4" s="26"/>
+      <c r="J4" s="26"/>
+      <c r="K4" s="26"/>
+      <c r="L4" s="25"/>
+      <c r="M4" s="25"/>
+      <c r="N4" s="28"/>
+      <c r="O4" s="28"/>
+      <c r="P4" s="28"/>
+      <c r="Q4" s="28"/>
+      <c r="R4" s="28"/>
+      <c r="S4" s="28"/>
+      <c r="T4" s="28"/>
+      <c r="U4" s="28"/>
+      <c r="V4" s="25"/>
+      <c r="W4" s="28"/>
+      <c r="X4" s="27"/>
+    </row>
+    <row r="5" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="28"/>
+      <c r="B5" s="28"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="25"/>
+      <c r="E5" s="25"/>
+      <c r="F5" s="28"/>
+      <c r="G5" s="28"/>
+      <c r="H5" s="26"/>
+      <c r="I5" s="26"/>
+      <c r="J5" s="26"/>
+      <c r="K5" s="28"/>
+      <c r="L5" s="28"/>
+      <c r="M5" s="25"/>
+      <c r="N5" s="28"/>
+      <c r="O5" s="28"/>
+      <c r="P5" s="28"/>
+      <c r="Q5" s="28"/>
+      <c r="R5" s="28"/>
+      <c r="S5" s="28"/>
+      <c r="T5" s="28"/>
+      <c r="U5" s="28"/>
+      <c r="V5" s="25"/>
+      <c r="W5" s="28"/>
+      <c r="X5" s="27"/>
+    </row>
+    <row r="6" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="28"/>
+      <c r="B6" s="28"/>
+      <c r="C6" s="29"/>
+      <c r="D6" s="25"/>
+      <c r="E6" s="25"/>
+      <c r="F6" s="28"/>
+      <c r="G6" s="28"/>
+      <c r="H6" s="26"/>
+      <c r="I6" s="26"/>
+      <c r="J6" s="26"/>
+      <c r="K6" s="28"/>
+      <c r="L6" s="28"/>
+      <c r="M6" s="25"/>
+      <c r="N6" s="28"/>
+      <c r="O6" s="28"/>
+      <c r="P6" s="28"/>
+      <c r="Q6" s="28"/>
+      <c r="R6" s="28"/>
+      <c r="S6" s="28"/>
+      <c r="T6" s="28"/>
+      <c r="U6" s="28"/>
+      <c r="V6" s="25"/>
+      <c r="W6" s="28"/>
+      <c r="X6" s="27"/>
+    </row>
+    <row r="7" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="28"/>
+      <c r="B7" s="28"/>
+      <c r="C7" s="29"/>
+      <c r="D7" s="25"/>
+      <c r="E7" s="25"/>
+      <c r="F7" s="28"/>
+      <c r="G7" s="28"/>
+      <c r="H7" s="26"/>
+      <c r="I7" s="26"/>
+      <c r="J7" s="26"/>
+      <c r="K7" s="28"/>
+      <c r="L7" s="28"/>
+      <c r="M7" s="25"/>
+      <c r="N7" s="28"/>
+      <c r="O7" s="28"/>
+      <c r="P7" s="28"/>
+      <c r="Q7" s="28"/>
+      <c r="R7" s="28"/>
+      <c r="S7" s="28"/>
+      <c r="T7" s="28"/>
+      <c r="U7" s="28"/>
+      <c r="V7" s="25"/>
+      <c r="W7" s="28"/>
+      <c r="X7" s="27"/>
+    </row>
+    <row r="8" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="28"/>
+      <c r="B8" s="28"/>
+      <c r="C8" s="29"/>
+      <c r="D8" s="25"/>
+      <c r="E8" s="25"/>
+      <c r="F8" s="28"/>
+      <c r="G8" s="28"/>
+      <c r="H8" s="26"/>
+      <c r="I8" s="26"/>
+      <c r="J8" s="26"/>
+      <c r="K8" s="28"/>
+      <c r="L8" s="28"/>
+      <c r="M8" s="25"/>
+      <c r="N8" s="28"/>
+      <c r="O8" s="28"/>
+      <c r="P8" s="28"/>
+      <c r="Q8" s="28"/>
+      <c r="R8" s="28"/>
+      <c r="S8" s="28"/>
+      <c r="T8" s="28"/>
+      <c r="U8" s="28"/>
+      <c r="V8" s="25"/>
+      <c r="W8" s="28"/>
+      <c r="X8" s="27"/>
+    </row>
+    <row r="9" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="28"/>
+      <c r="B9" s="28"/>
+      <c r="C9" s="29"/>
+      <c r="D9" s="25"/>
+      <c r="E9" s="25"/>
+      <c r="F9" s="28"/>
+      <c r="G9" s="28"/>
+      <c r="H9" s="26"/>
+      <c r="I9" s="26"/>
+      <c r="J9" s="26"/>
+      <c r="K9" s="28"/>
+      <c r="L9" s="28"/>
+      <c r="M9" s="25"/>
+      <c r="N9" s="28"/>
+      <c r="O9" s="28"/>
+      <c r="P9" s="28"/>
+      <c r="Q9" s="28"/>
+      <c r="R9" s="28"/>
+      <c r="S9" s="28"/>
+      <c r="T9" s="28"/>
+      <c r="U9" s="28"/>
+      <c r="V9" s="25"/>
+      <c r="W9" s="28"/>
+      <c r="X9" s="27"/>
+    </row>
+    <row r="10" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="28"/>
+      <c r="B10" s="28"/>
+      <c r="C10" s="29"/>
+      <c r="D10" s="25"/>
+      <c r="E10" s="25"/>
+      <c r="F10" s="28"/>
+      <c r="G10" s="28"/>
+      <c r="H10" s="26"/>
+      <c r="I10" s="26"/>
+      <c r="J10" s="26"/>
+      <c r="K10" s="28"/>
+      <c r="L10" s="28"/>
+      <c r="M10" s="25"/>
+      <c r="N10" s="28"/>
+      <c r="O10" s="28"/>
+      <c r="P10" s="28"/>
+      <c r="Q10" s="28"/>
+      <c r="R10" s="28"/>
+      <c r="S10" s="28"/>
+      <c r="T10" s="28"/>
+      <c r="U10" s="28"/>
+      <c r="V10" s="25"/>
+      <c r="W10" s="28"/>
+      <c r="X10" s="27"/>
+    </row>
+    <row r="11" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="28"/>
+      <c r="B11" s="28"/>
+      <c r="C11" s="29"/>
+      <c r="D11" s="25"/>
+      <c r="E11" s="25"/>
+      <c r="F11" s="28"/>
+      <c r="G11" s="28"/>
+      <c r="H11" s="26"/>
+      <c r="I11" s="26"/>
+      <c r="J11" s="26"/>
+      <c r="K11" s="28"/>
+      <c r="L11" s="28"/>
+      <c r="M11" s="25"/>
+      <c r="N11" s="28"/>
+      <c r="O11" s="28"/>
+      <c r="P11" s="28"/>
+      <c r="Q11" s="28"/>
+      <c r="R11" s="28"/>
+      <c r="S11" s="28"/>
+      <c r="T11" s="28"/>
+      <c r="U11" s="28"/>
+      <c r="V11" s="25"/>
+      <c r="W11" s="28"/>
+      <c r="X11" s="27"/>
+    </row>
+    <row r="12" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="28"/>
+      <c r="B12" s="28"/>
+      <c r="C12" s="29"/>
+      <c r="D12" s="25"/>
+      <c r="E12" s="25"/>
+      <c r="F12" s="28"/>
+      <c r="G12" s="28"/>
+      <c r="H12" s="26"/>
+      <c r="I12" s="26"/>
+      <c r="J12" s="26"/>
+      <c r="K12" s="28"/>
+      <c r="L12" s="28"/>
+      <c r="M12" s="25"/>
+      <c r="N12" s="28"/>
+      <c r="O12" s="28"/>
+      <c r="P12" s="28"/>
+      <c r="Q12" s="28"/>
+      <c r="R12" s="28"/>
+      <c r="S12" s="28"/>
+      <c r="T12" s="28"/>
+      <c r="U12" s="28"/>
+      <c r="V12" s="25"/>
+      <c r="W12" s="28"/>
+      <c r="X12" s="27"/>
+    </row>
+    <row r="13" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="28"/>
+      <c r="B13" s="28"/>
+      <c r="C13" s="29"/>
+      <c r="D13" s="25"/>
+      <c r="E13" s="25"/>
+      <c r="F13" s="28"/>
+      <c r="G13" s="28"/>
+      <c r="H13" s="26"/>
+      <c r="I13" s="26"/>
+      <c r="J13" s="26"/>
+      <c r="K13" s="28"/>
+      <c r="L13" s="28"/>
+      <c r="M13" s="25"/>
+      <c r="N13" s="28"/>
+      <c r="O13" s="28"/>
+      <c r="P13" s="28"/>
+      <c r="Q13" s="28"/>
+      <c r="R13" s="28"/>
+      <c r="S13" s="28"/>
+      <c r="T13" s="28"/>
+      <c r="U13" s="28"/>
+      <c r="V13" s="25"/>
+      <c r="W13" s="28"/>
+      <c r="X13" s="27"/>
+    </row>
+    <row r="14" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="28"/>
+      <c r="B14" s="28"/>
+      <c r="C14" s="29"/>
+      <c r="D14" s="25"/>
+      <c r="E14" s="25"/>
+      <c r="F14" s="28"/>
+      <c r="G14" s="28"/>
+      <c r="H14" s="26"/>
+      <c r="I14" s="26"/>
+      <c r="J14" s="26"/>
+      <c r="K14" s="28"/>
+      <c r="L14" s="28"/>
+      <c r="M14" s="25"/>
+      <c r="N14" s="28"/>
+      <c r="O14" s="28"/>
+      <c r="P14" s="28"/>
+      <c r="Q14" s="28"/>
+      <c r="R14" s="28"/>
+      <c r="S14" s="28"/>
+      <c r="T14" s="28"/>
+      <c r="U14" s="28"/>
+      <c r="V14" s="25"/>
+      <c r="W14" s="28"/>
+      <c r="X14" s="27"/>
+    </row>
+    <row r="15" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="28"/>
+      <c r="B15" s="28"/>
+      <c r="C15" s="29"/>
+      <c r="D15" s="25"/>
+      <c r="E15" s="25"/>
+      <c r="F15" s="28"/>
+      <c r="G15" s="28"/>
+      <c r="H15" s="26"/>
+      <c r="I15" s="26"/>
+      <c r="J15" s="26"/>
+      <c r="K15" s="28"/>
+      <c r="L15" s="28"/>
+      <c r="M15" s="25"/>
+      <c r="N15" s="28"/>
+      <c r="O15" s="28"/>
+      <c r="P15" s="28"/>
+      <c r="Q15" s="28"/>
+      <c r="R15" s="28"/>
+      <c r="S15" s="28"/>
+      <c r="T15" s="28"/>
+      <c r="U15" s="28"/>
+      <c r="V15" s="25"/>
+      <c r="W15" s="28"/>
+      <c r="X15" s="27"/>
+    </row>
+    <row r="16" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="28"/>
+      <c r="B16" s="28"/>
+      <c r="C16" s="29"/>
+      <c r="D16" s="25"/>
+      <c r="E16" s="25"/>
+      <c r="F16" s="28"/>
+      <c r="G16" s="28"/>
+      <c r="H16" s="26"/>
+      <c r="I16" s="26"/>
+      <c r="J16" s="26"/>
+      <c r="K16" s="28"/>
+      <c r="L16" s="28"/>
+      <c r="M16" s="25"/>
+      <c r="N16" s="28"/>
+      <c r="O16" s="28"/>
+      <c r="P16" s="28"/>
+      <c r="Q16" s="28"/>
+      <c r="R16" s="28"/>
+      <c r="S16" s="28"/>
+      <c r="T16" s="28"/>
+      <c r="U16" s="28"/>
+      <c r="V16" s="25"/>
+      <c r="W16" s="28"/>
+      <c r="X16" s="27"/>
+    </row>
+    <row r="17" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="28"/>
+      <c r="B17" s="28"/>
+      <c r="C17" s="29"/>
+      <c r="D17" s="25"/>
+      <c r="E17" s="25"/>
+      <c r="F17" s="28"/>
+      <c r="G17" s="28"/>
+      <c r="H17" s="26"/>
+      <c r="I17" s="26"/>
+      <c r="J17" s="26"/>
+      <c r="K17" s="28"/>
+      <c r="L17" s="28"/>
+      <c r="M17" s="25"/>
+      <c r="N17" s="28"/>
+      <c r="O17" s="28"/>
+      <c r="P17" s="28"/>
+      <c r="Q17" s="28"/>
+      <c r="R17" s="28"/>
+      <c r="S17" s="28"/>
+      <c r="T17" s="28"/>
+      <c r="U17" s="28"/>
+      <c r="V17" s="25"/>
+      <c r="W17" s="28"/>
+      <c r="X17" s="27"/>
+    </row>
+    <row r="18" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="28"/>
+      <c r="B18" s="28"/>
+      <c r="C18" s="29"/>
+      <c r="D18" s="25"/>
+      <c r="E18" s="25"/>
+      <c r="F18" s="28"/>
+      <c r="G18" s="28"/>
+      <c r="H18" s="26"/>
+      <c r="I18" s="26"/>
+      <c r="J18" s="26"/>
+      <c r="K18" s="28"/>
+      <c r="L18" s="28"/>
+      <c r="M18" s="25"/>
+      <c r="N18" s="28"/>
+      <c r="O18" s="28"/>
+      <c r="P18" s="28"/>
+      <c r="Q18" s="28"/>
+      <c r="R18" s="28"/>
+      <c r="S18" s="28"/>
+      <c r="T18" s="28"/>
+      <c r="U18" s="28"/>
+      <c r="V18" s="25"/>
+      <c r="W18" s="28"/>
+      <c r="X18" s="27"/>
+    </row>
+    <row r="19" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="28"/>
+      <c r="B19" s="28"/>
+      <c r="C19" s="29"/>
+      <c r="D19" s="25"/>
+      <c r="E19" s="25"/>
+      <c r="F19" s="28"/>
+      <c r="G19" s="28"/>
+      <c r="H19" s="26"/>
+      <c r="I19" s="26"/>
+      <c r="J19" s="26"/>
+      <c r="K19" s="28"/>
+      <c r="L19" s="28"/>
+      <c r="M19" s="25"/>
+      <c r="N19" s="28"/>
+      <c r="O19" s="28"/>
+      <c r="P19" s="28"/>
+      <c r="Q19" s="28"/>
+      <c r="R19" s="28"/>
+      <c r="S19" s="28"/>
+      <c r="T19" s="28"/>
+      <c r="U19" s="28"/>
+      <c r="V19" s="25"/>
+      <c r="W19" s="28"/>
+      <c r="X19" s="27"/>
+    </row>
+    <row r="20" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="28"/>
+      <c r="B20" s="28"/>
+      <c r="C20" s="29"/>
+      <c r="D20" s="25"/>
+      <c r="E20" s="25"/>
+      <c r="F20" s="28"/>
+      <c r="G20" s="28"/>
+      <c r="H20" s="26"/>
+      <c r="I20" s="26"/>
+      <c r="J20" s="26"/>
+      <c r="K20" s="28"/>
+      <c r="L20" s="28"/>
+      <c r="M20" s="25"/>
+      <c r="N20" s="28"/>
+      <c r="O20" s="28"/>
+      <c r="P20" s="28"/>
+      <c r="Q20" s="28"/>
+      <c r="R20" s="28"/>
+      <c r="S20" s="28"/>
+      <c r="T20" s="28"/>
+      <c r="U20" s="28"/>
+      <c r="V20" s="25"/>
+      <c r="W20" s="28"/>
+      <c r="X20" s="27"/>
+    </row>
+    <row r="21" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="28"/>
+      <c r="B21" s="28"/>
+      <c r="C21" s="29"/>
+      <c r="D21" s="25"/>
+      <c r="E21" s="25"/>
+      <c r="F21" s="28"/>
+      <c r="G21" s="28"/>
+      <c r="H21" s="26"/>
+      <c r="I21" s="26"/>
+      <c r="J21" s="26"/>
+      <c r="K21" s="28"/>
+      <c r="L21" s="28"/>
+      <c r="M21" s="25"/>
+      <c r="N21" s="28"/>
+      <c r="O21" s="28"/>
+      <c r="P21" s="28"/>
+      <c r="Q21" s="28"/>
+      <c r="R21" s="28"/>
+      <c r="S21" s="28"/>
+      <c r="T21" s="28"/>
+      <c r="U21" s="28"/>
+      <c r="V21" s="25"/>
+      <c r="W21" s="28"/>
+      <c r="X21" s="27"/>
+    </row>
+    <row r="22" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="28"/>
+      <c r="B22" s="28"/>
+      <c r="C22" s="29"/>
+      <c r="D22" s="25"/>
+      <c r="E22" s="25"/>
+      <c r="F22" s="28"/>
+      <c r="G22" s="28"/>
+      <c r="H22" s="26"/>
+      <c r="I22" s="26"/>
+      <c r="J22" s="26"/>
+      <c r="K22" s="28"/>
+      <c r="L22" s="28"/>
+      <c r="M22" s="25"/>
+      <c r="N22" s="28"/>
+      <c r="O22" s="28"/>
+      <c r="P22" s="28"/>
+      <c r="Q22" s="28"/>
+      <c r="R22" s="28"/>
+      <c r="S22" s="28"/>
+      <c r="T22" s="28"/>
+      <c r="U22" s="28"/>
+      <c r="V22" s="25"/>
+      <c r="W22" s="28"/>
+      <c r="X22" s="27"/>
+    </row>
+    <row r="23" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="28"/>
+      <c r="B23" s="28"/>
+      <c r="C23" s="29"/>
+      <c r="D23" s="25"/>
+      <c r="E23" s="25"/>
+      <c r="F23" s="28"/>
+      <c r="G23" s="28"/>
+      <c r="H23" s="26"/>
+      <c r="I23" s="26"/>
+      <c r="J23" s="26"/>
+      <c r="K23" s="28"/>
+      <c r="L23" s="28"/>
+      <c r="M23" s="25"/>
+      <c r="N23" s="28"/>
+      <c r="O23" s="28"/>
+      <c r="P23" s="28"/>
+      <c r="Q23" s="28"/>
+      <c r="R23" s="28"/>
+      <c r="S23" s="28"/>
+      <c r="T23" s="28"/>
+      <c r="U23" s="28"/>
+      <c r="V23" s="25"/>
+      <c r="W23" s="28"/>
+      <c r="X23" s="27"/>
+    </row>
+    <row r="24" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="28"/>
+      <c r="B24" s="28"/>
+      <c r="C24" s="29"/>
+      <c r="D24" s="25"/>
+      <c r="E24" s="25"/>
+      <c r="F24" s="28"/>
+      <c r="G24" s="28"/>
+      <c r="H24" s="26"/>
+      <c r="I24" s="26"/>
+      <c r="J24" s="26"/>
+      <c r="K24" s="28"/>
+      <c r="L24" s="28"/>
+      <c r="M24" s="25"/>
+      <c r="N24" s="28"/>
+      <c r="O24" s="28"/>
+      <c r="P24" s="28"/>
+      <c r="Q24" s="28"/>
+      <c r="R24" s="28"/>
+      <c r="S24" s="28"/>
+      <c r="T24" s="28"/>
+      <c r="U24" s="28"/>
+      <c r="V24" s="25"/>
+      <c r="W24" s="28"/>
+      <c r="X24" s="27"/>
+    </row>
+    <row r="25" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="28"/>
+      <c r="B25" s="28"/>
+      <c r="C25" s="29"/>
+      <c r="D25" s="25"/>
+      <c r="E25" s="25"/>
+      <c r="F25" s="28"/>
+      <c r="G25" s="28"/>
+      <c r="H25" s="26"/>
+      <c r="I25" s="26"/>
+      <c r="J25" s="26"/>
+      <c r="K25" s="28"/>
+      <c r="L25" s="28"/>
+      <c r="M25" s="25"/>
+      <c r="N25" s="28"/>
+      <c r="O25" s="28"/>
+      <c r="P25" s="28"/>
+      <c r="Q25" s="28"/>
+      <c r="R25" s="28"/>
+      <c r="S25" s="28"/>
+      <c r="T25" s="28"/>
+      <c r="U25" s="28"/>
+      <c r="V25" s="25"/>
+      <c r="W25" s="28"/>
+      <c r="X25" s="27"/>
+    </row>
+    <row r="26" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="28"/>
+      <c r="B26" s="28"/>
+      <c r="C26" s="29"/>
+      <c r="D26" s="25"/>
+      <c r="E26" s="25"/>
+      <c r="F26" s="28"/>
+      <c r="G26" s="28"/>
+      <c r="H26" s="26"/>
+      <c r="I26" s="26"/>
+      <c r="J26" s="26"/>
+      <c r="K26" s="28"/>
+      <c r="L26" s="28"/>
+      <c r="M26" s="25"/>
+      <c r="N26" s="28"/>
+      <c r="O26" s="28"/>
+      <c r="P26" s="28"/>
+      <c r="Q26" s="28"/>
+      <c r="R26" s="28"/>
+      <c r="S26" s="28"/>
+      <c r="T26" s="28"/>
+      <c r="U26" s="28"/>
+      <c r="V26" s="25"/>
+      <c r="W26" s="28"/>
+      <c r="X26" s="27"/>
+    </row>
+    <row r="27" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="28"/>
+      <c r="B27" s="28"/>
+      <c r="C27" s="29"/>
+      <c r="D27" s="25"/>
+      <c r="E27" s="25"/>
+      <c r="F27" s="28"/>
+      <c r="G27" s="28"/>
+      <c r="H27" s="26"/>
+      <c r="I27" s="26"/>
+      <c r="J27" s="26"/>
+      <c r="K27" s="28"/>
+      <c r="L27" s="28"/>
+      <c r="M27" s="25"/>
+      <c r="N27" s="28"/>
+      <c r="O27" s="28"/>
+      <c r="P27" s="28"/>
+      <c r="Q27" s="28"/>
+      <c r="R27" s="28"/>
+      <c r="S27" s="28"/>
+      <c r="T27" s="28"/>
+      <c r="U27" s="28"/>
+      <c r="V27" s="25"/>
+      <c r="W27" s="28"/>
+      <c r="X27" s="27"/>
+    </row>
+    <row r="28" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="28"/>
+      <c r="B28" s="28"/>
+      <c r="C28" s="29"/>
+      <c r="D28" s="25"/>
+      <c r="E28" s="25"/>
+      <c r="F28" s="28"/>
+      <c r="G28" s="28"/>
+      <c r="H28" s="26"/>
+      <c r="I28" s="26"/>
+      <c r="J28" s="26"/>
+      <c r="K28" s="28"/>
+      <c r="L28" s="28"/>
+      <c r="M28" s="25"/>
+      <c r="N28" s="28"/>
+      <c r="O28" s="28"/>
+      <c r="P28" s="28"/>
+      <c r="Q28" s="28"/>
+      <c r="R28" s="28"/>
+      <c r="S28" s="28"/>
+      <c r="T28" s="28"/>
+      <c r="U28" s="28"/>
+      <c r="V28" s="25"/>
+      <c r="W28" s="28"/>
+      <c r="X28" s="27"/>
+    </row>
+    <row r="29" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="28"/>
+      <c r="B29" s="28"/>
+      <c r="C29" s="29"/>
+      <c r="D29" s="25"/>
+      <c r="E29" s="25"/>
+      <c r="F29" s="28"/>
+      <c r="G29" s="28"/>
+      <c r="H29" s="26"/>
+      <c r="I29" s="26"/>
+      <c r="J29" s="26"/>
+      <c r="K29" s="28"/>
+      <c r="L29" s="28"/>
+      <c r="M29" s="25"/>
+      <c r="N29" s="28"/>
+      <c r="O29" s="28"/>
+      <c r="P29" s="28"/>
+      <c r="Q29" s="28"/>
+      <c r="R29" s="28"/>
+      <c r="S29" s="28"/>
+      <c r="T29" s="28"/>
+      <c r="U29" s="28"/>
+      <c r="V29" s="25"/>
+      <c r="W29" s="28"/>
+      <c r="X29" s="27"/>
+    </row>
+    <row r="30" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="28"/>
+      <c r="B30" s="28"/>
+      <c r="C30" s="29"/>
+      <c r="D30" s="25"/>
+      <c r="E30" s="25"/>
+      <c r="F30" s="28"/>
+      <c r="G30" s="28"/>
+      <c r="H30" s="26"/>
+      <c r="I30" s="26"/>
+      <c r="J30" s="26"/>
+      <c r="K30" s="28"/>
+      <c r="L30" s="28"/>
+      <c r="M30" s="25"/>
+      <c r="N30" s="28"/>
+      <c r="O30" s="28"/>
+      <c r="P30" s="28"/>
+      <c r="Q30" s="28"/>
+      <c r="R30" s="28"/>
+      <c r="S30" s="28"/>
+      <c r="T30" s="28"/>
+      <c r="U30" s="28"/>
+      <c r="V30" s="25"/>
+      <c r="W30" s="28"/>
+      <c r="X30" s="27"/>
+    </row>
+    <row r="31" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="28"/>
+      <c r="B31" s="28"/>
+      <c r="C31" s="29"/>
+      <c r="D31" s="25"/>
+      <c r="E31" s="25"/>
+      <c r="F31" s="28"/>
+      <c r="G31" s="28"/>
+      <c r="H31" s="26"/>
+      <c r="I31" s="26"/>
+      <c r="J31" s="26"/>
+      <c r="K31" s="28"/>
+      <c r="L31" s="28"/>
+      <c r="M31" s="25"/>
+      <c r="N31" s="28"/>
+      <c r="O31" s="28"/>
+      <c r="P31" s="28"/>
+      <c r="Q31" s="28"/>
+      <c r="R31" s="28"/>
+      <c r="S31" s="28"/>
+      <c r="T31" s="28"/>
+      <c r="U31" s="28"/>
+      <c r="V31" s="25"/>
+      <c r="W31" s="28"/>
+      <c r="X31" s="27"/>
+    </row>
+    <row r="32" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="28"/>
+      <c r="B32" s="28"/>
+      <c r="C32" s="29"/>
+      <c r="D32" s="25"/>
+      <c r="E32" s="25"/>
+      <c r="F32" s="28"/>
+      <c r="G32" s="28"/>
+      <c r="H32" s="26"/>
+      <c r="I32" s="26"/>
+      <c r="J32" s="26"/>
+      <c r="K32" s="28"/>
+      <c r="L32" s="28"/>
+      <c r="M32" s="25"/>
+      <c r="N32" s="28"/>
+      <c r="O32" s="28"/>
+      <c r="P32" s="28"/>
+      <c r="Q32" s="28"/>
+      <c r="R32" s="28"/>
+      <c r="S32" s="28"/>
+      <c r="T32" s="28"/>
+      <c r="U32" s="28"/>
+      <c r="V32" s="25"/>
+      <c r="W32" s="28"/>
+      <c r="X32" s="27"/>
+    </row>
+    <row r="33" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="28"/>
+      <c r="B33" s="28"/>
+      <c r="C33" s="29"/>
+      <c r="D33" s="25"/>
+      <c r="E33" s="25"/>
+      <c r="F33" s="28"/>
+      <c r="G33" s="28"/>
+      <c r="H33" s="26"/>
+      <c r="I33" s="26"/>
+      <c r="J33" s="26"/>
+      <c r="K33" s="28"/>
+      <c r="L33" s="28"/>
+      <c r="M33" s="25"/>
+      <c r="N33" s="28"/>
+      <c r="O33" s="28"/>
+      <c r="P33" s="28"/>
+      <c r="Q33" s="28"/>
+      <c r="R33" s="28"/>
+      <c r="S33" s="28"/>
+      <c r="T33" s="28"/>
+      <c r="U33" s="28"/>
+      <c r="V33" s="25"/>
+      <c r="W33" s="28"/>
+      <c r="X33" s="27"/>
+    </row>
+    <row r="34" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="28"/>
+      <c r="B34" s="28"/>
+      <c r="C34" s="29"/>
+      <c r="D34" s="25"/>
+      <c r="E34" s="25"/>
+      <c r="F34" s="28"/>
+      <c r="G34" s="28"/>
+      <c r="H34" s="26"/>
+      <c r="I34" s="26"/>
+      <c r="J34" s="26"/>
+      <c r="K34" s="28"/>
+      <c r="L34" s="28"/>
+      <c r="M34" s="25"/>
+      <c r="N34" s="28"/>
+      <c r="O34" s="28"/>
+      <c r="P34" s="28"/>
+      <c r="Q34" s="28"/>
+      <c r="R34" s="28"/>
+      <c r="S34" s="28"/>
+      <c r="T34" s="28"/>
+      <c r="U34" s="28"/>
+      <c r="V34" s="25"/>
+      <c r="W34" s="28"/>
+      <c r="X34" s="27"/>
+    </row>
+    <row r="35" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="28"/>
+      <c r="B35" s="28"/>
+      <c r="C35" s="29"/>
+      <c r="D35" s="25"/>
+      <c r="E35" s="25"/>
+      <c r="F35" s="28"/>
+      <c r="G35" s="28"/>
+      <c r="H35" s="26"/>
+      <c r="I35" s="26"/>
+      <c r="J35" s="26"/>
+      <c r="K35" s="28"/>
+      <c r="L35" s="28"/>
+      <c r="M35" s="25"/>
+      <c r="N35" s="28"/>
+      <c r="O35" s="28"/>
+      <c r="P35" s="28"/>
+      <c r="Q35" s="28"/>
+      <c r="R35" s="28"/>
+      <c r="S35" s="28"/>
+      <c r="T35" s="28"/>
+      <c r="U35" s="28"/>
+      <c r="V35" s="25"/>
+      <c r="W35" s="28"/>
+      <c r="X35" s="27"/>
+    </row>
+    <row r="36" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="28"/>
+      <c r="B36" s="28"/>
+      <c r="C36" s="29"/>
+      <c r="D36" s="25"/>
+      <c r="E36" s="25"/>
+      <c r="F36" s="28"/>
+      <c r="G36" s="28"/>
+      <c r="H36" s="26"/>
+      <c r="I36" s="26"/>
+      <c r="J36" s="26"/>
+      <c r="K36" s="28"/>
+      <c r="L36" s="28"/>
+      <c r="M36" s="25"/>
+      <c r="N36" s="28"/>
+      <c r="O36" s="28"/>
+      <c r="P36" s="28"/>
+      <c r="Q36" s="28"/>
+      <c r="R36" s="28"/>
+      <c r="S36" s="28"/>
+      <c r="T36" s="28"/>
+      <c r="U36" s="28"/>
+      <c r="V36" s="25"/>
+      <c r="W36" s="28"/>
+      <c r="X36" s="27"/>
+    </row>
+    <row r="37" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="28"/>
+      <c r="B37" s="28"/>
+      <c r="C37" s="29"/>
+      <c r="D37" s="25"/>
+      <c r="E37" s="25"/>
+      <c r="F37" s="28"/>
+      <c r="G37" s="28"/>
+      <c r="H37" s="26"/>
+      <c r="I37" s="26"/>
+      <c r="J37" s="26"/>
+      <c r="K37" s="28"/>
+      <c r="L37" s="28"/>
+      <c r="M37" s="25"/>
+      <c r="N37" s="28"/>
+      <c r="O37" s="28"/>
+      <c r="P37" s="28"/>
+      <c r="Q37" s="28"/>
+      <c r="R37" s="28"/>
+      <c r="S37" s="28"/>
+      <c r="T37" s="28"/>
+      <c r="U37" s="28"/>
+      <c r="V37" s="25"/>
+      <c r="W37" s="28"/>
+      <c r="X37" s="27"/>
+    </row>
+    <row r="38" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="28"/>
+      <c r="B38" s="28"/>
+      <c r="C38" s="29"/>
+      <c r="D38" s="25"/>
+      <c r="E38" s="25"/>
+      <c r="F38" s="28"/>
+      <c r="G38" s="28"/>
+      <c r="H38" s="26"/>
+      <c r="I38" s="26"/>
+      <c r="J38" s="26"/>
+      <c r="K38" s="28"/>
+      <c r="L38" s="28"/>
+      <c r="M38" s="25"/>
+      <c r="N38" s="28"/>
+      <c r="O38" s="28"/>
+      <c r="P38" s="28"/>
+      <c r="Q38" s="28"/>
+      <c r="R38" s="28"/>
+      <c r="S38" s="28"/>
+      <c r="T38" s="28"/>
+      <c r="U38" s="28"/>
+      <c r="V38" s="25"/>
+      <c r="W38" s="28"/>
+      <c r="X38" s="27"/>
+    </row>
+    <row r="39" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="28"/>
+      <c r="B39" s="28"/>
+      <c r="C39" s="29"/>
+      <c r="D39" s="25"/>
+      <c r="E39" s="25"/>
+      <c r="F39" s="28"/>
+      <c r="G39" s="28"/>
+      <c r="H39" s="26"/>
+      <c r="I39" s="26"/>
+      <c r="J39" s="26"/>
+      <c r="K39" s="28"/>
+      <c r="L39" s="28"/>
+      <c r="M39" s="25"/>
+      <c r="N39" s="28"/>
+      <c r="O39" s="28"/>
+      <c r="P39" s="28"/>
+      <c r="Q39" s="28"/>
+      <c r="R39" s="28"/>
+      <c r="S39" s="28"/>
+      <c r="T39" s="28"/>
+      <c r="U39" s="28"/>
+      <c r="V39" s="25"/>
+      <c r="W39" s="28"/>
+      <c r="X39" s="27"/>
+    </row>
+    <row r="40" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="28"/>
+      <c r="B40" s="28"/>
+      <c r="C40" s="29"/>
+      <c r="D40" s="25"/>
+      <c r="E40" s="25"/>
+      <c r="F40" s="28"/>
+      <c r="G40" s="28"/>
+      <c r="H40" s="26"/>
+      <c r="I40" s="26"/>
+      <c r="J40" s="26"/>
+      <c r="K40" s="28"/>
+      <c r="L40" s="28"/>
+      <c r="M40" s="25"/>
+      <c r="N40" s="28"/>
+      <c r="O40" s="28"/>
+      <c r="P40" s="28"/>
+      <c r="Q40" s="28"/>
+      <c r="R40" s="28"/>
+      <c r="S40" s="28"/>
+      <c r="T40" s="28"/>
+      <c r="U40" s="28"/>
+      <c r="V40" s="25"/>
+      <c r="W40" s="28"/>
+      <c r="X40" s="27"/>
+    </row>
+    <row r="41" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="28"/>
+      <c r="B41" s="28"/>
+      <c r="C41" s="29"/>
+      <c r="D41" s="25"/>
+      <c r="E41" s="25"/>
+      <c r="F41" s="28"/>
+      <c r="G41" s="28"/>
+      <c r="H41" s="26"/>
+      <c r="I41" s="26"/>
+      <c r="J41" s="26"/>
+      <c r="K41" s="28"/>
+      <c r="L41" s="28"/>
+      <c r="M41" s="25"/>
+      <c r="N41" s="28"/>
+      <c r="O41" s="28"/>
+      <c r="P41" s="28"/>
+      <c r="Q41" s="28"/>
+      <c r="R41" s="28"/>
+      <c r="S41" s="28"/>
+      <c r="T41" s="28"/>
+      <c r="U41" s="28"/>
+      <c r="V41" s="25"/>
+      <c r="W41" s="28"/>
+      <c r="X41" s="27"/>
+    </row>
+    <row r="42" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="28"/>
+      <c r="B42" s="28"/>
+      <c r="C42" s="29"/>
+      <c r="D42" s="25"/>
+      <c r="E42" s="25"/>
+      <c r="F42" s="28"/>
+      <c r="G42" s="28"/>
+      <c r="H42" s="26"/>
+      <c r="I42" s="26"/>
+      <c r="J42" s="26"/>
+      <c r="K42" s="28"/>
+      <c r="L42" s="28"/>
+      <c r="M42" s="25"/>
+      <c r="N42" s="28"/>
+      <c r="O42" s="28"/>
+      <c r="P42" s="28"/>
+      <c r="Q42" s="28"/>
+      <c r="R42" s="28"/>
+      <c r="S42" s="28"/>
+      <c r="T42" s="28"/>
+      <c r="U42" s="28"/>
+      <c r="V42" s="25"/>
+      <c r="W42" s="28"/>
+      <c r="X42" s="27"/>
+    </row>
+    <row r="43" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="28"/>
+      <c r="B43" s="28"/>
+      <c r="C43" s="29"/>
+      <c r="D43" s="25"/>
+      <c r="E43" s="25"/>
+      <c r="F43" s="28"/>
+      <c r="G43" s="28"/>
+      <c r="H43" s="26"/>
+      <c r="I43" s="26"/>
+      <c r="J43" s="26"/>
+      <c r="K43" s="28"/>
+      <c r="L43" s="28"/>
+      <c r="M43" s="25"/>
+      <c r="N43" s="28"/>
+      <c r="O43" s="28"/>
+      <c r="P43" s="28"/>
+      <c r="Q43" s="28"/>
+      <c r="R43" s="28"/>
+      <c r="S43" s="28"/>
+      <c r="T43" s="28"/>
+      <c r="U43" s="28"/>
+      <c r="V43" s="25"/>
+      <c r="W43" s="28"/>
+      <c r="X43" s="27"/>
+    </row>
+    <row r="44" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="28"/>
+      <c r="B44" s="28"/>
+      <c r="C44" s="29"/>
+      <c r="D44" s="25"/>
+      <c r="E44" s="25"/>
+      <c r="F44" s="28"/>
+      <c r="G44" s="28"/>
+      <c r="H44" s="26"/>
+      <c r="I44" s="26"/>
+      <c r="J44" s="26"/>
+      <c r="K44" s="28"/>
+      <c r="L44" s="28"/>
+      <c r="M44" s="25"/>
+      <c r="N44" s="28"/>
+      <c r="O44" s="28"/>
+      <c r="P44" s="28"/>
+      <c r="Q44" s="28"/>
+      <c r="R44" s="28"/>
+      <c r="S44" s="28"/>
+      <c r="T44" s="28"/>
+      <c r="U44" s="28"/>
+      <c r="V44" s="25"/>
+      <c r="W44" s="28"/>
+      <c r="X44" s="27"/>
+    </row>
+    <row r="45" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="28"/>
+      <c r="B45" s="28"/>
+      <c r="C45" s="29"/>
+      <c r="D45" s="28"/>
+      <c r="E45" s="28"/>
+      <c r="F45" s="28"/>
+      <c r="G45" s="28"/>
+      <c r="H45" s="26"/>
+      <c r="I45" s="26"/>
+      <c r="J45" s="26"/>
+      <c r="K45" s="28"/>
+      <c r="L45" s="28"/>
+      <c r="M45" s="25"/>
+      <c r="N45" s="28"/>
+      <c r="O45" s="28"/>
+      <c r="P45" s="28"/>
+      <c r="Q45" s="28"/>
+      <c r="R45" s="28"/>
+      <c r="S45" s="28"/>
+      <c r="T45" s="28"/>
+      <c r="U45" s="28"/>
+      <c r="V45" s="25"/>
+      <c r="W45" s="28"/>
+      <c r="X45" s="27"/>
+    </row>
+    <row r="46" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="28"/>
+      <c r="B46" s="28"/>
+      <c r="C46" s="29"/>
+      <c r="D46" s="28"/>
+      <c r="E46" s="28"/>
+      <c r="F46" s="28"/>
+      <c r="G46" s="28"/>
+      <c r="H46" s="26"/>
+      <c r="I46" s="26"/>
+      <c r="J46" s="26"/>
+      <c r="K46" s="28"/>
+      <c r="L46" s="28"/>
+      <c r="M46" s="25"/>
+      <c r="N46" s="28"/>
+      <c r="O46" s="28"/>
+      <c r="P46" s="28"/>
+      <c r="Q46" s="28"/>
+      <c r="R46" s="28"/>
+      <c r="S46" s="28"/>
+      <c r="T46" s="28"/>
+      <c r="U46" s="28"/>
+      <c r="V46" s="25"/>
+      <c r="W46" s="28"/>
+      <c r="X46" s="27"/>
+    </row>
+    <row r="47" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="28"/>
+      <c r="B47" s="28"/>
+      <c r="C47" s="29"/>
+      <c r="D47" s="28"/>
+      <c r="E47" s="28"/>
+      <c r="F47" s="28"/>
+      <c r="G47" s="28"/>
+      <c r="H47" s="26"/>
+      <c r="I47" s="26"/>
+      <c r="J47" s="26"/>
+      <c r="K47" s="28"/>
+      <c r="L47" s="28"/>
+      <c r="M47" s="25"/>
+      <c r="N47" s="28"/>
+      <c r="O47" s="28"/>
+      <c r="P47" s="28"/>
+      <c r="Q47" s="28"/>
+      <c r="R47" s="28"/>
+      <c r="S47" s="28"/>
+      <c r="T47" s="28"/>
+      <c r="U47" s="28"/>
+      <c r="V47" s="25"/>
+      <c r="W47" s="28"/>
+      <c r="X47" s="27"/>
+    </row>
+    <row r="48" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="28"/>
+      <c r="B48" s="28"/>
+      <c r="C48" s="29"/>
+      <c r="D48" s="28"/>
+      <c r="E48" s="28"/>
+      <c r="F48" s="28"/>
+      <c r="G48" s="28"/>
+      <c r="H48" s="26"/>
+      <c r="I48" s="26"/>
+      <c r="J48" s="26"/>
+      <c r="K48" s="28"/>
+      <c r="L48" s="28"/>
+      <c r="M48" s="25"/>
+      <c r="N48" s="28"/>
+      <c r="O48" s="28"/>
+      <c r="P48" s="28"/>
+      <c r="Q48" s="28"/>
+      <c r="R48" s="28"/>
+      <c r="S48" s="28"/>
+      <c r="T48" s="28"/>
+      <c r="U48" s="28"/>
+      <c r="V48" s="25"/>
+      <c r="W48" s="28"/>
+      <c r="X48" s="27"/>
+    </row>
+    <row r="49" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="28"/>
+      <c r="B49" s="28"/>
+      <c r="C49" s="29"/>
+      <c r="D49" s="28"/>
+      <c r="E49" s="28"/>
+      <c r="F49" s="28"/>
+      <c r="G49" s="28"/>
+      <c r="H49" s="26"/>
+      <c r="I49" s="26"/>
+      <c r="J49" s="26"/>
+      <c r="K49" s="28"/>
+      <c r="L49" s="28"/>
+      <c r="M49" s="25"/>
+      <c r="N49" s="28"/>
+      <c r="O49" s="28"/>
+      <c r="P49" s="28"/>
+      <c r="Q49" s="28"/>
+      <c r="R49" s="28"/>
+      <c r="S49" s="28"/>
+      <c r="T49" s="28"/>
+      <c r="U49" s="28"/>
+      <c r="V49" s="25"/>
+      <c r="W49" s="28"/>
+      <c r="X49" s="27"/>
+    </row>
+    <row r="50" spans="1:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="28"/>
+      <c r="B50" s="28"/>
+      <c r="C50" s="29"/>
+      <c r="D50" s="28"/>
+      <c r="E50" s="28"/>
+      <c r="F50" s="28"/>
+      <c r="G50" s="28"/>
+      <c r="H50" s="26"/>
+      <c r="I50" s="26"/>
+      <c r="J50" s="26"/>
+      <c r="K50" s="28"/>
+      <c r="L50" s="28"/>
+      <c r="M50" s="25"/>
+      <c r="N50" s="28"/>
+      <c r="O50" s="28"/>
+      <c r="P50" s="28"/>
+      <c r="Q50" s="28"/>
+      <c r="R50" s="28"/>
+      <c r="S50" s="28"/>
+      <c r="T50" s="28"/>
+      <c r="U50" s="28"/>
+      <c r="V50" s="25"/>
+      <c r="W50" s="28"/>
+      <c r="X50" s="28"/>
+    </row>
+    <row r="51" spans="1:24" ht="24" x14ac:dyDescent="0.3">
+      <c r="C51" s="29"/>
+    </row>
+    <row r="52" spans="1:24" ht="24" x14ac:dyDescent="0.3">
+      <c r="C52" s="29"/>
+    </row>
+    <row r="53" spans="1:24" ht="24" x14ac:dyDescent="0.3">
+      <c r="C53" s="29"/>
+    </row>
+    <row r="54" spans="1:24" ht="24" x14ac:dyDescent="0.3">
+      <c r="C54" s="29"/>
+    </row>
+    <row r="55" spans="1:24" ht="24" x14ac:dyDescent="0.3">
+      <c r="C55" s="29"/>
+    </row>
+    <row r="56" spans="1:24" ht="24" x14ac:dyDescent="0.3">
+      <c r="C56" s="29"/>
+    </row>
+    <row r="57" spans="1:24" ht="24" x14ac:dyDescent="0.3">
+      <c r="C57" s="29"/>
+    </row>
+    <row r="58" spans="1:24" ht="24" x14ac:dyDescent="0.3">
+      <c r="C58" s="29"/>
+    </row>
+    <row r="59" spans="1:24" ht="24" x14ac:dyDescent="0.3">
+      <c r="C59" s="29"/>
+    </row>
+    <row r="60" spans="1:24" ht="24" x14ac:dyDescent="0.3">
+      <c r="C60" s="29"/>
+    </row>
+    <row r="61" spans="1:24" ht="24" x14ac:dyDescent="0.3">
+      <c r="C61" s="29"/>
+    </row>
+    <row r="62" spans="1:24" ht="24" x14ac:dyDescent="0.3">
+      <c r="C62" s="29"/>
+    </row>
+    <row r="63" spans="1:24" ht="24" x14ac:dyDescent="0.3">
+      <c r="C63" s="29"/>
+    </row>
+    <row r="64" spans="1:24" ht="24" x14ac:dyDescent="0.3">
+      <c r="C64" s="29"/>
+    </row>
+    <row r="65" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C65" s="29"/>
+    </row>
+    <row r="66" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C66" s="29"/>
+    </row>
+    <row r="67" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C67" s="29"/>
+    </row>
+    <row r="68" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C68" s="29"/>
+    </row>
+    <row r="69" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C69" s="29"/>
+    </row>
+    <row r="70" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C70" s="29"/>
+    </row>
+    <row r="71" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C71" s="29"/>
+    </row>
+    <row r="72" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C72" s="29"/>
+    </row>
+    <row r="73" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C73" s="29"/>
+    </row>
+    <row r="74" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C74" s="29"/>
+    </row>
+    <row r="75" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C75" s="29"/>
+    </row>
+    <row r="76" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C76" s="29"/>
+    </row>
+    <row r="77" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C77" s="29"/>
+    </row>
+    <row r="78" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C78" s="29"/>
+    </row>
+    <row r="79" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C79" s="29"/>
+    </row>
+    <row r="80" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C80" s="29"/>
+    </row>
+    <row r="81" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C81" s="29"/>
+    </row>
+    <row r="82" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C82" s="29"/>
+    </row>
+    <row r="83" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C83" s="29"/>
+    </row>
+    <row r="84" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C84" s="29"/>
+    </row>
+    <row r="85" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C85" s="29"/>
+    </row>
+    <row r="86" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C86" s="29"/>
+    </row>
+    <row r="87" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C87" s="29"/>
+    </row>
+    <row r="88" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C88" s="29"/>
+    </row>
+    <row r="89" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C89" s="29"/>
+    </row>
+    <row r="90" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C90" s="29"/>
+    </row>
+    <row r="91" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C91" s="29"/>
+    </row>
+    <row r="92" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C92" s="29"/>
+    </row>
+    <row r="93" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C93" s="29"/>
+    </row>
+    <row r="94" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C94" s="29"/>
+    </row>
+    <row r="95" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C95" s="29"/>
+    </row>
+    <row r="96" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C96" s="29"/>
+    </row>
+    <row r="97" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C97" s="29"/>
+    </row>
+    <row r="98" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C98" s="29"/>
+    </row>
+    <row r="99" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C99" s="29"/>
+    </row>
+    <row r="100" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C100" s="29"/>
+    </row>
+    <row r="101" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C101" s="29"/>
+    </row>
+    <row r="102" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C102" s="29"/>
+    </row>
+    <row r="103" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C103" s="29"/>
+    </row>
+    <row r="104" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C104" s="29"/>
+    </row>
+    <row r="105" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C105" s="29"/>
+    </row>
+    <row r="106" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C106" s="29"/>
+    </row>
+    <row r="107" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C107" s="29"/>
+    </row>
+    <row r="108" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C108" s="29"/>
+    </row>
+    <row r="109" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C109" s="29"/>
+    </row>
+    <row r="110" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C110" s="29"/>
+    </row>
+    <row r="111" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C111" s="29"/>
+    </row>
+    <row r="112" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C112" s="29"/>
+    </row>
+    <row r="113" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C113" s="29"/>
+    </row>
+    <row r="114" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C114" s="29"/>
+    </row>
+    <row r="115" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C115" s="29"/>
+    </row>
+    <row r="116" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C116" s="29"/>
+    </row>
+    <row r="117" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C117" s="29"/>
+    </row>
+    <row r="118" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C118" s="29"/>
+    </row>
+    <row r="119" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C119" s="29"/>
+    </row>
+    <row r="120" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C120" s="29"/>
+    </row>
+    <row r="121" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C121" s="29"/>
+    </row>
+    <row r="122" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C122" s="29"/>
+    </row>
+    <row r="123" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C123" s="29"/>
+    </row>
+    <row r="124" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C124" s="29"/>
+    </row>
+    <row r="125" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C125" s="29"/>
+    </row>
+    <row r="126" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C126" s="29"/>
+    </row>
+    <row r="127" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C127" s="29"/>
+    </row>
+    <row r="128" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C128" s="29"/>
+    </row>
+    <row r="129" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C129" s="29"/>
+    </row>
+    <row r="130" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C130" s="29"/>
+    </row>
+    <row r="131" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C131" s="29"/>
+    </row>
+    <row r="132" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C132" s="29"/>
+    </row>
+    <row r="133" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C133" s="29"/>
+    </row>
+    <row r="134" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C134" s="29"/>
+    </row>
+    <row r="135" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C135" s="29"/>
+    </row>
+    <row r="136" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C136" s="29"/>
+    </row>
+    <row r="137" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C137" s="29"/>
+    </row>
+    <row r="138" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C138" s="29"/>
+    </row>
+    <row r="139" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C139" s="29"/>
+    </row>
+    <row r="140" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C140" s="29"/>
+    </row>
+    <row r="141" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C141" s="29"/>
+    </row>
+    <row r="142" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C142" s="29"/>
+    </row>
+    <row r="143" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C143" s="29"/>
+    </row>
+    <row r="144" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C144" s="29"/>
+    </row>
+    <row r="145" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C145" s="29"/>
+    </row>
+    <row r="146" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C146" s="29"/>
+    </row>
+    <row r="147" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C147" s="29"/>
+    </row>
+    <row r="148" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C148" s="29"/>
+    </row>
+    <row r="149" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C149" s="29"/>
+    </row>
+    <row r="150" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C150" s="29"/>
+    </row>
+    <row r="151" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C151" s="29"/>
+    </row>
+    <row r="152" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C152" s="29"/>
+    </row>
+    <row r="153" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C153" s="29"/>
+    </row>
+    <row r="154" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C154" s="29"/>
+    </row>
+    <row r="155" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C155" s="29"/>
+    </row>
+    <row r="156" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C156" s="29"/>
+    </row>
+    <row r="157" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C157" s="29"/>
+    </row>
+    <row r="158" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C158" s="29"/>
+    </row>
+    <row r="159" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C159" s="29"/>
+    </row>
+    <row r="160" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C160" s="29"/>
+    </row>
+    <row r="161" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C161" s="29"/>
+    </row>
+    <row r="162" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C162" s="29"/>
+    </row>
+    <row r="163" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C163" s="29"/>
+    </row>
+    <row r="164" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C164" s="29"/>
+    </row>
+    <row r="165" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C165" s="29"/>
+    </row>
+    <row r="166" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C166" s="29"/>
+    </row>
+    <row r="167" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C167" s="29"/>
+    </row>
+    <row r="168" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C168" s="29"/>
+    </row>
+    <row r="169" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C169" s="29"/>
+    </row>
+    <row r="170" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C170" s="29"/>
+    </row>
+    <row r="171" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C171" s="29"/>
+    </row>
+    <row r="172" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C172" s="29"/>
+    </row>
+    <row r="173" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C173" s="29"/>
+    </row>
+    <row r="174" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C174" s="29"/>
+    </row>
+    <row r="175" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C175" s="29"/>
+    </row>
+    <row r="176" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C176" s="29"/>
+    </row>
+    <row r="177" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C177" s="29"/>
+    </row>
+    <row r="178" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C178" s="29"/>
+    </row>
+    <row r="179" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C179" s="29"/>
+    </row>
+    <row r="180" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C180" s="29"/>
+    </row>
+    <row r="181" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C181" s="29"/>
+    </row>
+    <row r="182" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C182" s="29"/>
+    </row>
+    <row r="183" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C183" s="29"/>
+    </row>
+    <row r="184" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C184" s="29"/>
+    </row>
+    <row r="185" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C185" s="29"/>
+    </row>
+    <row r="186" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C186" s="29"/>
+    </row>
+    <row r="187" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C187" s="29"/>
+    </row>
+    <row r="188" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C188" s="29"/>
+    </row>
+    <row r="189" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C189" s="29"/>
+    </row>
+    <row r="190" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C190" s="29"/>
+    </row>
+    <row r="191" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C191" s="29"/>
+    </row>
+    <row r="192" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C192" s="29"/>
+    </row>
+    <row r="193" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C193" s="29"/>
+    </row>
+    <row r="194" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C194" s="29"/>
+    </row>
+    <row r="195" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C195" s="29"/>
+    </row>
+    <row r="196" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C196" s="29"/>
+    </row>
+    <row r="197" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C197" s="29"/>
+    </row>
+    <row r="198" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C198" s="29"/>
+    </row>
+    <row r="199" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C199" s="29"/>
+    </row>
+    <row r="200" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C200" s="29"/>
+    </row>
+    <row r="201" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C201" s="29"/>
+    </row>
+    <row r="202" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C202" s="29"/>
+    </row>
+    <row r="203" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C203" s="29"/>
+    </row>
+    <row r="204" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C204" s="29"/>
+    </row>
+    <row r="205" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C205" s="29"/>
+    </row>
+    <row r="206" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C206" s="29"/>
+    </row>
+    <row r="207" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C207" s="29"/>
+    </row>
+    <row r="208" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C208" s="29"/>
+    </row>
+    <row r="209" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C209" s="29"/>
+    </row>
+    <row r="210" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C210" s="29"/>
+    </row>
+    <row r="211" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C211" s="29"/>
+    </row>
+    <row r="212" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C212" s="29"/>
+    </row>
+    <row r="213" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C213" s="29"/>
+    </row>
+    <row r="214" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C214" s="29"/>
+    </row>
+    <row r="215" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C215" s="29"/>
+    </row>
+    <row r="216" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C216" s="29"/>
+    </row>
+    <row r="217" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C217" s="29"/>
+    </row>
+    <row r="218" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C218" s="29"/>
+    </row>
+    <row r="219" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C219" s="29"/>
+    </row>
+    <row r="220" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C220" s="29"/>
+    </row>
+    <row r="221" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C221" s="29"/>
+    </row>
+    <row r="222" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C222" s="29"/>
+    </row>
+    <row r="223" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C223" s="29"/>
+    </row>
+    <row r="224" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C224" s="29"/>
+    </row>
+    <row r="225" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C225" s="29"/>
+    </row>
+    <row r="226" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C226" s="29"/>
+    </row>
+    <row r="227" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C227" s="29"/>
+    </row>
+    <row r="228" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C228" s="29"/>
+    </row>
+    <row r="229" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C229" s="29"/>
+    </row>
+    <row r="230" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C230" s="29"/>
+    </row>
+    <row r="231" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C231" s="29"/>
+    </row>
+    <row r="232" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C232" s="29"/>
+    </row>
+    <row r="233" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C233" s="29"/>
+    </row>
+    <row r="234" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C234" s="29"/>
+    </row>
+    <row r="235" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C235" s="29"/>
+    </row>
+    <row r="236" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C236" s="29"/>
+    </row>
+    <row r="237" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C237" s="29"/>
+    </row>
+    <row r="238" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C238" s="29"/>
+    </row>
+    <row r="239" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C239" s="29"/>
+    </row>
+    <row r="240" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C240" s="29"/>
+    </row>
+    <row r="241" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C241" s="29"/>
+    </row>
+    <row r="242" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C242" s="29"/>
+    </row>
+    <row r="243" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C243" s="29"/>
+    </row>
+    <row r="244" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C244" s="29"/>
+    </row>
+    <row r="245" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C245" s="29"/>
+    </row>
+    <row r="246" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C246" s="29"/>
+    </row>
+    <row r="247" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C247" s="29"/>
+    </row>
+    <row r="248" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C248" s="29"/>
+    </row>
+    <row r="249" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C249" s="29"/>
+    </row>
+    <row r="250" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C250" s="29"/>
+    </row>
+    <row r="251" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C251" s="29"/>
+    </row>
+    <row r="252" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C252" s="29"/>
+    </row>
+    <row r="253" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C253" s="29"/>
+    </row>
+    <row r="254" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C254" s="29"/>
+    </row>
+    <row r="255" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C255" s="29"/>
+    </row>
+    <row r="256" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C256" s="29"/>
+    </row>
+    <row r="257" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C257" s="29"/>
+    </row>
+    <row r="258" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C258" s="29"/>
+    </row>
+    <row r="259" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C259" s="29"/>
+    </row>
+    <row r="260" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C260" s="29"/>
+    </row>
+    <row r="261" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C261" s="29"/>
+    </row>
+    <row r="262" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C262" s="29"/>
+    </row>
+    <row r="263" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C263" s="29"/>
+    </row>
+    <row r="264" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C264" s="29"/>
+    </row>
+    <row r="265" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C265" s="29"/>
+    </row>
+    <row r="266" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C266" s="29"/>
+    </row>
+    <row r="267" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C267" s="29"/>
+    </row>
+    <row r="268" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C268" s="29"/>
+    </row>
+    <row r="269" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C269" s="29"/>
+    </row>
+    <row r="270" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C270" s="29"/>
+    </row>
+    <row r="271" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C271" s="29"/>
+    </row>
+    <row r="272" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C272" s="29"/>
+    </row>
+    <row r="273" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C273" s="29"/>
+    </row>
+    <row r="274" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C274" s="29"/>
+    </row>
+    <row r="275" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C275" s="29"/>
+    </row>
+    <row r="276" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C276" s="29"/>
+    </row>
+    <row r="277" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C277" s="29"/>
+    </row>
+    <row r="278" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C278" s="29"/>
+    </row>
+    <row r="279" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C279" s="29"/>
+    </row>
+    <row r="280" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C280" s="29"/>
+    </row>
+    <row r="281" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C281" s="29"/>
+    </row>
+    <row r="282" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C282" s="29"/>
+    </row>
+    <row r="283" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C283" s="29"/>
+    </row>
+    <row r="284" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C284" s="29"/>
+    </row>
+    <row r="285" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C285" s="29"/>
+    </row>
+    <row r="286" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C286" s="29"/>
+    </row>
+    <row r="287" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C287" s="29"/>
+    </row>
+    <row r="288" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C288" s="29"/>
+    </row>
+    <row r="289" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C289" s="29"/>
+    </row>
+    <row r="290" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C290" s="29"/>
+    </row>
+    <row r="291" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C291" s="29"/>
+    </row>
+    <row r="292" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C292" s="29"/>
+    </row>
+    <row r="293" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C293" s="29"/>
+    </row>
+    <row r="294" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C294" s="29"/>
+    </row>
+    <row r="295" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C295" s="29"/>
+    </row>
+    <row r="296" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C296" s="29"/>
+    </row>
+    <row r="297" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C297" s="29"/>
+    </row>
+    <row r="298" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C298" s="29"/>
+    </row>
+    <row r="299" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C299" s="29"/>
+    </row>
+    <row r="300" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C300" s="29"/>
+    </row>
+    <row r="301" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C301" s="29"/>
+    </row>
+    <row r="302" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C302" s="29"/>
+    </row>
+    <row r="303" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C303" s="29"/>
+    </row>
+    <row r="304" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C304" s="29"/>
+    </row>
+    <row r="305" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C305" s="29"/>
+    </row>
+    <row r="306" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C306" s="29"/>
+    </row>
+    <row r="307" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C307" s="29"/>
+    </row>
+    <row r="308" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C308" s="29"/>
+    </row>
+    <row r="309" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C309" s="29"/>
+    </row>
+    <row r="310" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C310" s="29"/>
+    </row>
+    <row r="311" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C311" s="29"/>
+    </row>
+    <row r="312" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C312" s="29"/>
+    </row>
+    <row r="313" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C313" s="29"/>
+    </row>
+    <row r="314" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C314" s="29"/>
+    </row>
+    <row r="315" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C315" s="29"/>
+    </row>
+    <row r="316" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C316" s="29"/>
+    </row>
+    <row r="317" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C317" s="29"/>
+    </row>
+    <row r="318" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C318" s="29"/>
+    </row>
+    <row r="319" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C319" s="29"/>
+    </row>
+    <row r="320" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C320" s="29"/>
+    </row>
+    <row r="321" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C321" s="29"/>
+    </row>
+    <row r="322" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C322" s="29"/>
+    </row>
+    <row r="323" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C323" s="29"/>
+    </row>
+    <row r="324" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C324" s="29"/>
+    </row>
+    <row r="325" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C325" s="29"/>
+    </row>
+    <row r="326" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C326" s="29"/>
+    </row>
+    <row r="327" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C327" s="29"/>
+    </row>
+    <row r="328" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C328" s="29"/>
+    </row>
+    <row r="329" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C329" s="29"/>
+    </row>
+    <row r="330" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C330" s="29"/>
+    </row>
+    <row r="331" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C331" s="29"/>
+    </row>
+    <row r="332" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C332" s="29"/>
+    </row>
+    <row r="333" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C333" s="29"/>
+    </row>
+    <row r="334" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C334" s="29"/>
+    </row>
+    <row r="335" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C335" s="29"/>
+    </row>
+    <row r="336" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C336" s="29"/>
+    </row>
+    <row r="337" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C337" s="29"/>
+    </row>
+    <row r="338" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C338" s="29"/>
+    </row>
+    <row r="339" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C339" s="29"/>
+    </row>
+    <row r="340" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C340" s="29"/>
+    </row>
+    <row r="341" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C341" s="29"/>
+    </row>
+    <row r="342" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C342" s="29"/>
+    </row>
+    <row r="343" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C343" s="29"/>
+    </row>
+    <row r="344" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C344" s="29"/>
+    </row>
+    <row r="345" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C345" s="29"/>
+    </row>
+    <row r="346" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C346" s="29"/>
+    </row>
+    <row r="347" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C347" s="29"/>
+    </row>
+    <row r="348" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C348" s="29"/>
+    </row>
+    <row r="349" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C349" s="29"/>
+    </row>
+    <row r="350" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C350" s="29"/>
+    </row>
+    <row r="351" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C351" s="29"/>
+    </row>
+    <row r="352" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C352" s="29"/>
+    </row>
+    <row r="353" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C353" s="29"/>
+    </row>
+    <row r="354" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C354" s="29"/>
+    </row>
+    <row r="355" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C355" s="29"/>
+    </row>
+    <row r="356" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C356" s="29"/>
+    </row>
+    <row r="357" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C357" s="29"/>
+    </row>
+    <row r="358" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C358" s="29"/>
+    </row>
+    <row r="359" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C359" s="29"/>
+    </row>
+    <row r="360" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C360" s="29"/>
+    </row>
+    <row r="361" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C361" s="29"/>
+    </row>
+    <row r="362" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C362" s="29"/>
+    </row>
+    <row r="363" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C363" s="29"/>
+    </row>
+    <row r="364" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C364" s="29"/>
+    </row>
+    <row r="365" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C365" s="29"/>
+    </row>
+    <row r="366" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C366" s="29"/>
+    </row>
+    <row r="367" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C367" s="29"/>
+    </row>
+    <row r="368" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C368" s="29"/>
+    </row>
+    <row r="369" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C369" s="29"/>
+    </row>
+    <row r="370" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C370" s="29"/>
+    </row>
+    <row r="371" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C371" s="29"/>
+    </row>
+    <row r="372" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C372" s="29"/>
+    </row>
+    <row r="373" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C373" s="29"/>
+    </row>
+    <row r="374" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C374" s="29"/>
+    </row>
+    <row r="375" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C375" s="29"/>
+    </row>
+    <row r="376" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C376" s="29"/>
+    </row>
+    <row r="377" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C377" s="29"/>
+    </row>
+    <row r="378" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C378" s="29"/>
+    </row>
+    <row r="379" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C379" s="29"/>
+    </row>
+    <row r="380" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C380" s="29"/>
+    </row>
+    <row r="381" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C381" s="29"/>
+    </row>
+    <row r="382" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C382" s="29"/>
+    </row>
+    <row r="383" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C383" s="29"/>
+    </row>
+    <row r="384" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C384" s="29"/>
+    </row>
+    <row r="385" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C385" s="29"/>
+    </row>
+    <row r="386" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C386" s="29"/>
+    </row>
+    <row r="387" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C387" s="29"/>
+    </row>
+    <row r="388" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C388" s="29"/>
+    </row>
+    <row r="389" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C389" s="29"/>
+    </row>
+    <row r="390" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C390" s="29"/>
+    </row>
+    <row r="391" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C391" s="29"/>
+    </row>
+    <row r="392" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C392" s="29"/>
+    </row>
+    <row r="393" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C393" s="29"/>
+    </row>
+    <row r="394" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C394" s="29"/>
+    </row>
+    <row r="395" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C395" s="29"/>
+    </row>
+    <row r="396" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C396" s="29"/>
+    </row>
+    <row r="397" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C397" s="29"/>
+    </row>
+    <row r="398" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C398" s="29"/>
+    </row>
+    <row r="399" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C399" s="29"/>
+    </row>
+    <row r="400" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C400" s="29"/>
+    </row>
+    <row r="401" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C401" s="29"/>
+    </row>
+    <row r="402" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C402" s="29"/>
+    </row>
+    <row r="403" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C403" s="29"/>
+    </row>
+    <row r="404" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C404" s="29"/>
+    </row>
+    <row r="405" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C405" s="29"/>
+    </row>
+    <row r="406" spans="3:3" ht="24" x14ac:dyDescent="0.3">
+      <c r="C406" s="29"/>
     </row>
   </sheetData>
+  <dataValidations count="1">
+    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="X2:X49" xr:uid="{15731880-D5EF-7541-86C7-402AB5AC609A}">
+      <formula1>45658</formula1>
+      <formula2>47829</formula2>
+    </dataValidation>
+  </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
-      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="6">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{071D1D72-9B17-224A-B907-8AC5DB91E698}">
           <x14:formula1>
-            <xm:f>Panduan!$B$120:$B$306</xm:f>
+            <xm:f>Panduan!$B$116:$B$302</xm:f>
           </x14:formula1>
-          <xm:sqref>L2:L3</xm:sqref>
+          <xm:sqref>L2:L4</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{A5836106-CD4D-8F41-BD00-F538412429D0}">
           <x14:formula1>
-            <xm:f>Panduan!$B$105:$B$106</xm:f>
+            <xm:f>Panduan!$B$101:$B$102</xm:f>
           </x14:formula1>
-          <xm:sqref>I2:I3 K2:K3</xm:sqref>
+          <xm:sqref>I2:I38 K2:K4</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{34F7321D-66FC-D347-B3F0-9582CDD33B15}">
           <x14:formula1>
-            <xm:f>Panduan!$B$27:$B$47</xm:f>
+            <xm:f>Panduan!$B$24:$B$44</xm:f>
           </x14:formula1>
-          <xm:sqref>D2:D3</xm:sqref>
+          <xm:sqref>D3:D44</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{2D42E2D3-50CC-3540-AC4D-2E8C9D877952}">
+          <x14:formula1>
+            <xm:f>Panduan!$B$303:$B$304</xm:f>
+          </x14:formula1>
+          <xm:sqref>M2:M50</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{0AC00F96-65E9-BC49-A1A9-AA10BA72ECDB}">
+          <x14:formula1>
+            <xm:f>Panduan!$B$305:$B$306</xm:f>
+          </x14:formula1>
+          <xm:sqref>V2:V50</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{54D37E5A-7CD0-9840-B7BB-F893018A054F}">
+          <x14:formula1>
+            <xm:f>Panduan!$B$45:$B$87</xm:f>
+          </x14:formula1>
+          <xm:sqref>E3:E44</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3D8060EA-4535-4DA2-9010-4DE4E29F08C7}">
-  <dimension ref="A1:C306"/>
+  <dimension ref="A1:C310"/>
   <sheetViews>
-    <sheetView zoomScale="113" workbookViewId="0">
-      <selection activeCell="B22" sqref="B22"/>
+    <sheetView zoomScale="124" workbookViewId="0">
+      <selection activeCell="B8" sqref="B8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="30.5" style="8" customWidth="1"/>
-    <col min="2" max="2" width="48.33203125" style="5" customWidth="1"/>
+    <col min="1" max="1" width="30.5" style="6" customWidth="1"/>
+    <col min="2" max="2" width="48.33203125" style="4" customWidth="1"/>
     <col min="3" max="3" width="145.6640625" style="2" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" s="6" customFormat="1" ht="16" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:3" s="5" customFormat="1" ht="17" x14ac:dyDescent="0.2">
       <c r="A1" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="B1" s="39" t="s">
+        <v>79</v>
+      </c>
+      <c r="C1" s="39"/>
+    </row>
+    <row r="2" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A2" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" s="10"/>
+    </row>
+    <row r="3" spans="1:3" ht="16" x14ac:dyDescent="0.2">
+      <c r="A3" s="38" t="s">
+        <v>1</v>
+      </c>
+      <c r="B3" s="18" t="s">
+        <v>542</v>
+      </c>
+      <c r="C3" s="17" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" ht="16" x14ac:dyDescent="0.2">
+      <c r="A4" s="38"/>
+      <c r="B4" s="18" t="s">
+        <v>549</v>
+      </c>
+      <c r="C4" s="17" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" ht="16" x14ac:dyDescent="0.2">
+      <c r="A5" s="38"/>
+      <c r="B5" s="18" t="s">
+        <v>541</v>
+      </c>
+      <c r="C5" s="17" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" ht="16" x14ac:dyDescent="0.2">
+      <c r="A6" s="38"/>
+      <c r="B6" s="18" t="s">
+        <v>552</v>
+      </c>
+      <c r="C6" s="17" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" ht="16" x14ac:dyDescent="0.2">
+      <c r="A7" s="38"/>
+      <c r="B7" s="18" t="s">
+        <v>554</v>
+      </c>
+      <c r="C7" s="17" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" ht="16" x14ac:dyDescent="0.2">
+      <c r="A8" s="38"/>
+      <c r="B8" s="18" t="s">
+        <v>556</v>
+      </c>
+      <c r="C8" s="17" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" ht="16" x14ac:dyDescent="0.2">
+      <c r="A9" s="38"/>
+      <c r="B9" s="18" t="s">
+        <v>558</v>
+      </c>
+      <c r="C9" s="17" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" ht="16" x14ac:dyDescent="0.2">
+      <c r="A10" s="38"/>
+      <c r="B10" s="18" t="s">
+        <v>560</v>
+      </c>
+      <c r="C10" s="17" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" ht="16" x14ac:dyDescent="0.2">
+      <c r="A11" s="38"/>
+      <c r="B11" s="18" t="s">
+        <v>562</v>
+      </c>
+      <c r="C11" s="17" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" ht="16" x14ac:dyDescent="0.2">
+      <c r="A12" s="38"/>
+      <c r="B12" s="18" t="s">
+        <v>564</v>
+      </c>
+      <c r="C12" s="17" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" ht="16" x14ac:dyDescent="0.2">
+      <c r="A13" s="38"/>
+      <c r="B13" s="18" t="s">
+        <v>566</v>
+      </c>
+      <c r="C13" s="17" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" ht="16" x14ac:dyDescent="0.2">
+      <c r="A14" s="38"/>
+      <c r="B14" s="18" t="s">
+        <v>568</v>
+      </c>
+      <c r="C14" s="17" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" ht="16" x14ac:dyDescent="0.2">
+      <c r="A15" s="38"/>
+      <c r="B15" s="18" t="s">
+        <v>570</v>
+      </c>
+      <c r="C15" s="17" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" ht="16" x14ac:dyDescent="0.2">
+      <c r="A16" s="38"/>
+      <c r="B16" s="18" t="s">
+        <v>572</v>
+      </c>
+      <c r="C16" s="17" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" ht="16" x14ac:dyDescent="0.2">
+      <c r="A17" s="38"/>
+      <c r="B17" s="18" t="s">
+        <v>574</v>
+      </c>
+      <c r="C17" s="17" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" ht="16" x14ac:dyDescent="0.2">
+      <c r="A18" s="38"/>
+      <c r="B18" s="18" t="s">
+        <v>576</v>
+      </c>
+      <c r="C18" s="17" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" ht="16" x14ac:dyDescent="0.2">
+      <c r="A19" s="38"/>
+      <c r="B19" s="18" t="s">
+        <v>578</v>
+      </c>
+      <c r="C19" s="17" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" ht="16" x14ac:dyDescent="0.2">
+      <c r="A20" s="38"/>
+      <c r="B20" s="18" t="s">
+        <v>580</v>
+      </c>
+      <c r="C20" s="17" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" ht="16" x14ac:dyDescent="0.2">
+      <c r="A21" s="38"/>
+      <c r="B21" s="18" t="s">
+        <v>582</v>
+      </c>
+      <c r="C21" s="17" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A22" s="38" t="s">
+        <v>2</v>
+      </c>
+      <c r="B22" s="14" t="s">
+        <v>587</v>
+      </c>
+      <c r="C22" s="10" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A23" s="38"/>
+      <c r="B23" s="14" t="s">
+        <v>586</v>
+      </c>
+      <c r="C23" s="10" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A24" s="40"/>
+      <c r="B24" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="C24" s="10" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A25" s="40"/>
+      <c r="B25" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="C25" s="10" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A26" s="40"/>
+      <c r="B26" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="C26" s="10" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A27" s="40"/>
+      <c r="B27" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="C27" s="10" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A28" s="40"/>
+      <c r="B28" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="C28" s="10" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A29" s="40"/>
+      <c r="B29" s="14">
+        <v>7</v>
+      </c>
+      <c r="C29" s="10" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A30" s="40"/>
+      <c r="B30" s="14">
+        <v>8</v>
+      </c>
+      <c r="C30" s="10" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A31" s="40"/>
+      <c r="B31" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="C31" s="10" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A32" s="40"/>
+      <c r="B32" s="14">
+        <v>9</v>
+      </c>
+      <c r="C32" s="10" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A33" s="40"/>
+      <c r="B33" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="C33" s="10" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A34" s="40"/>
+      <c r="B34" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="C34" s="10" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A35" s="40"/>
+      <c r="B35" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="C35" s="10" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A36" s="40"/>
+      <c r="B36" s="14">
+        <v>1</v>
+      </c>
+      <c r="C36" s="10" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A37" s="40"/>
+      <c r="B37" s="14">
+        <v>2</v>
+      </c>
+      <c r="C37" s="10" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A38" s="40"/>
+      <c r="B38" s="14">
+        <v>3</v>
+      </c>
+      <c r="C38" s="10" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A39" s="40"/>
+      <c r="B39" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="C39" s="10" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A40" s="40"/>
+      <c r="B40" s="14" t="s">
+        <v>37</v>
+      </c>
+      <c r="C40" s="10" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A41" s="40"/>
+      <c r="B41" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="C41" s="10" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A42" s="40"/>
+      <c r="B42" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="C42" s="10" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A43" s="40"/>
+      <c r="B43" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C43" s="10" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A44" s="40"/>
+      <c r="B44" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="C44" s="10" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A45" s="38"/>
+      <c r="B45" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="C45" s="10" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A46" s="38"/>
+      <c r="B46" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="C46" s="10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A47" s="38"/>
+      <c r="B47" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="C47" s="10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A48" s="38"/>
+      <c r="B48" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="C48" s="10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A49" s="38"/>
+      <c r="B49" s="14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C49" s="10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A50" s="38"/>
+      <c r="B50" s="14" t="s">
+        <v>102</v>
+      </c>
+      <c r="C50" s="10" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A51" s="38"/>
+      <c r="B51" s="14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C51" s="10" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A52" s="38"/>
+      <c r="B52" s="14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C52" s="10" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A53" s="38"/>
+      <c r="B53" s="14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C53" s="10" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A54" s="38"/>
+      <c r="B54" s="14" t="s">
+        <v>112</v>
+      </c>
+      <c r="C54" s="10" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A55" s="38"/>
+      <c r="B55" s="14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C55" s="10" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A56" s="38"/>
+      <c r="B56" s="14" t="s">
+        <v>116</v>
+      </c>
+      <c r="C56" s="10" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A57" s="38"/>
+      <c r="B57" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="C57" s="10" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A58" s="38"/>
+      <c r="B58" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="C58" s="10" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A59" s="38"/>
+      <c r="B59" s="14" t="s">
+        <v>122</v>
+      </c>
+      <c r="C59" s="10" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A60" s="38"/>
+      <c r="B60" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="C60" s="10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A61" s="38"/>
+      <c r="B61" s="14" t="s">
+        <v>125</v>
+      </c>
+      <c r="C61" s="10" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A62" s="38"/>
+      <c r="B62" s="14" t="s">
+        <v>127</v>
+      </c>
+      <c r="C62" s="10" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A63" s="38"/>
+      <c r="B63" s="14" t="s">
+        <v>116</v>
+      </c>
+      <c r="C63" s="10" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A64" s="38"/>
+      <c r="B64" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="C64" s="10" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A65" s="38"/>
+      <c r="B65" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="C65" s="10" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A66" s="38"/>
+      <c r="B66" s="14" t="s">
+        <v>132</v>
+      </c>
+      <c r="C66" s="10" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A67" s="38"/>
+      <c r="B67" s="14" t="s">
+        <v>134</v>
+      </c>
+      <c r="C67" s="10" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A68" s="38"/>
+      <c r="B68" s="14" t="s">
+        <v>136</v>
+      </c>
+      <c r="C68" s="10" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A69" s="38"/>
+      <c r="B69" s="14" t="s">
+        <v>138</v>
+      </c>
+      <c r="C69" s="10" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A70" s="38"/>
+      <c r="B70" s="14" t="s">
+        <v>140</v>
+      </c>
+      <c r="C70" s="10" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A71" s="38"/>
+      <c r="B71" s="14" t="s">
+        <v>142</v>
+      </c>
+      <c r="C71" s="10" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A72" s="38"/>
+      <c r="B72" s="14" t="s">
+        <v>144</v>
+      </c>
+      <c r="C72" s="10" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A73" s="38"/>
+      <c r="B73" s="14" t="s">
+        <v>146</v>
+      </c>
+      <c r="C73" s="10" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A74" s="38"/>
+      <c r="B74" s="14" t="s">
+        <v>148</v>
+      </c>
+      <c r="C74" s="10" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A75" s="38"/>
+      <c r="B75" s="14" t="s">
+        <v>150</v>
+      </c>
+      <c r="C75" s="10" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A76" s="38"/>
+      <c r="B76" s="14" t="s">
+        <v>152</v>
+      </c>
+      <c r="C76" s="10" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A77" s="38"/>
+      <c r="B77" s="14" t="s">
+        <v>154</v>
+      </c>
+      <c r="C77" s="10" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A78" s="38"/>
+      <c r="B78" s="14" t="s">
+        <v>156</v>
+      </c>
+      <c r="C78" s="10" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A79" s="38"/>
+      <c r="B79" s="14" t="s">
+        <v>158</v>
+      </c>
+      <c r="C79" s="10" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A80" s="38"/>
+      <c r="B80" s="14" t="s">
+        <v>160</v>
+      </c>
+      <c r="C80" s="10" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A81" s="38"/>
+      <c r="B81" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="C81" s="10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A82" s="38"/>
+      <c r="B82" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C82" s="10" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A83" s="38"/>
+      <c r="B83" s="14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C83" s="10" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A84" s="38"/>
+      <c r="B84" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="C84" s="10" t="s">
         <v>83</v>
       </c>
-      <c r="B1" s="30" t="s">
+    </row>
+    <row r="85" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A85" s="38"/>
+      <c r="B85" s="14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C85" s="10" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A86" s="38"/>
+      <c r="B86" s="14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C86" s="10" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A87" s="38"/>
+      <c r="B87" s="14" t="s">
         <v>84</v>
       </c>
-      <c r="C1" s="30"/>
-[...112 lines deleted...]
-      <c r="B17" s="4" t="s">
+      <c r="C87" s="10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3" ht="34" x14ac:dyDescent="0.2">
+      <c r="A88" s="38" t="s">
+        <v>5</v>
+      </c>
+      <c r="B88" s="14" t="s">
+        <v>163</v>
+      </c>
+      <c r="C88" s="10"/>
+    </row>
+    <row r="89" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A89" s="38"/>
+      <c r="B89" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="C89" s="10" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A90" s="38"/>
+      <c r="B90" s="14" t="s">
+        <v>164</v>
+      </c>
+      <c r="C90" s="10" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A91" s="38"/>
+      <c r="B91" s="14" t="s">
+        <v>166</v>
+      </c>
+      <c r="C91" s="10" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A92" s="38"/>
+      <c r="B92" s="14" t="s">
+        <v>168</v>
+      </c>
+      <c r="C92" s="10" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A93" s="38"/>
+      <c r="B93" s="14" t="s">
+        <v>170</v>
+      </c>
+      <c r="C93" s="10" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A94" s="38"/>
+      <c r="B94" s="14" t="s">
+        <v>172</v>
+      </c>
+      <c r="C94" s="10" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A95" s="38"/>
+      <c r="B95" s="14" t="s">
+        <v>174</v>
+      </c>
+      <c r="C95" s="10" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A96" s="38"/>
+      <c r="B96" s="14" t="s">
+        <v>176</v>
+      </c>
+      <c r="C96" s="10" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A97" s="38"/>
+      <c r="B97" s="14" t="s">
+        <v>178</v>
+      </c>
+      <c r="C97" s="10" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3" ht="34" x14ac:dyDescent="0.2">
+      <c r="A98" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="B98" s="14" t="s">
+        <v>62</v>
+      </c>
+      <c r="C98" s="10"/>
+    </row>
+    <row r="99" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A99" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="B99" s="14" t="s">
+        <v>81</v>
+      </c>
+      <c r="C99" s="10"/>
+    </row>
+    <row r="100" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A100" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B100" s="14" t="s">
+        <v>63</v>
+      </c>
+      <c r="C100" s="10"/>
+    </row>
+    <row r="101" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A101" s="37" t="s">
+        <v>9</v>
+      </c>
+      <c r="B101" s="16" t="s">
+        <v>539</v>
+      </c>
+      <c r="C101" s="9" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A102" s="37"/>
+      <c r="B102" s="16" t="s">
+        <v>540</v>
+      </c>
+      <c r="C102" s="9" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A103" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B103" s="14" t="s">
+        <v>80</v>
+      </c>
+      <c r="C103" s="10"/>
+    </row>
+    <row r="104" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A104" s="38" t="s">
+        <v>11</v>
+      </c>
+      <c r="B104" s="16" t="s">
+        <v>539</v>
+      </c>
+      <c r="C104" s="9" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A105" s="38"/>
+      <c r="B105" s="16" t="s">
+        <v>540</v>
+      </c>
+      <c r="C105" s="9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3" ht="34" x14ac:dyDescent="0.2">
+      <c r="A106" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="B106" s="14" t="s">
+        <v>68</v>
+      </c>
+      <c r="C106" s="10"/>
+    </row>
+    <row r="107" spans="1:3" ht="34" x14ac:dyDescent="0.2">
+      <c r="A107" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="B107" s="14" t="s">
+        <v>69</v>
+      </c>
+      <c r="C107" s="10"/>
+    </row>
+    <row r="108" spans="1:3" ht="51" x14ac:dyDescent="0.2">
+      <c r="A108" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="B108" s="14" t="s">
+        <v>70</v>
+      </c>
+      <c r="C108" s="10"/>
+    </row>
+    <row r="109" spans="1:3" ht="34" x14ac:dyDescent="0.2">
+      <c r="A109" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="B109" s="14" t="s">
+        <v>71</v>
+      </c>
+      <c r="C109" s="10"/>
+    </row>
+    <row r="110" spans="1:3" ht="34" x14ac:dyDescent="0.2">
+      <c r="A110" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B110" s="14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C110" s="10"/>
+    </row>
+    <row r="111" spans="1:3" ht="34" x14ac:dyDescent="0.2">
+      <c r="A111" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="B111" s="14" t="s">
+        <v>73</v>
+      </c>
+      <c r="C111" s="10"/>
+    </row>
+    <row r="112" spans="1:3" ht="34" x14ac:dyDescent="0.2">
+      <c r="A112" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="B112" s="14" t="s">
+        <v>74</v>
+      </c>
+      <c r="C112" s="10"/>
+    </row>
+    <row r="113" spans="1:3" ht="34" x14ac:dyDescent="0.2">
+      <c r="A113" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="B113" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="C113" s="10"/>
+    </row>
+    <row r="114" spans="1:3" ht="34" x14ac:dyDescent="0.2">
+      <c r="A114" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="B114" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="C114" s="10"/>
+    </row>
+    <row r="115" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A115" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="B115" s="14" t="s">
+        <v>77</v>
+      </c>
+      <c r="C115" s="10"/>
+    </row>
+    <row r="116" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A116" s="36" t="s">
+        <v>538</v>
+      </c>
+      <c r="B116" s="14" t="s">
+        <v>347</v>
+      </c>
+      <c r="C116" s="10" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A117" s="36"/>
+      <c r="B117" s="14" t="s">
+        <v>255</v>
+      </c>
+      <c r="C117" s="10" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A118" s="36"/>
+      <c r="B118" s="14" t="s">
+        <v>292</v>
+      </c>
+      <c r="C118" s="10" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A119" s="36"/>
+      <c r="B119" s="14" t="s">
+        <v>256</v>
+      </c>
+      <c r="C119" s="10" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A120" s="36"/>
+      <c r="B120" s="14" t="s">
         <v>100</v>
       </c>
-      <c r="C17" s="3"/>
-[...568 lines deleted...]
-      <c r="C82" s="3" t="s">
+      <c r="C120" s="10" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A121" s="36"/>
+      <c r="B121" s="14" t="s">
+        <v>342</v>
+      </c>
+      <c r="C121" s="10" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A122" s="36"/>
+      <c r="B122" s="14" t="s">
+        <v>305</v>
+      </c>
+      <c r="C122" s="10" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A123" s="36"/>
+      <c r="B123" s="14" t="s">
+        <v>344</v>
+      </c>
+      <c r="C123" s="10" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A124" s="36"/>
+      <c r="B124" s="14" t="s">
+        <v>293</v>
+      </c>
+      <c r="C124" s="10" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A125" s="36"/>
+      <c r="B125" s="14" t="s">
+        <v>269</v>
+      </c>
+      <c r="C125" s="10" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A126" s="36"/>
+      <c r="B126" s="14" t="s">
+        <v>263</v>
+      </c>
+      <c r="C126" s="10" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A127" s="36"/>
+      <c r="B127" s="14" t="s">
+        <v>275</v>
+      </c>
+      <c r="C127" s="10" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A128" s="36"/>
+      <c r="B128" s="14" t="s">
+        <v>346</v>
+      </c>
+      <c r="C128" s="10" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A129" s="36"/>
+      <c r="B129" s="14" t="s">
+        <v>291</v>
+      </c>
+      <c r="C129" s="10" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A130" s="36"/>
+      <c r="B130" s="14" t="s">
+        <v>300</v>
+      </c>
+      <c r="C130" s="10" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A131" s="36"/>
+      <c r="B131" s="14" t="s">
+        <v>240</v>
+      </c>
+      <c r="C131" s="10" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A132" s="36"/>
+      <c r="B132" s="14" t="s">
+        <v>312</v>
+      </c>
+      <c r="C132" s="10" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A133" s="36"/>
+      <c r="B133" s="14" t="s">
+        <v>229</v>
+      </c>
+      <c r="C133" s="10" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A134" s="36"/>
+      <c r="B134" s="14" t="s">
+        <v>229</v>
+      </c>
+      <c r="C134" s="10" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A135" s="36"/>
+      <c r="B135" s="14" t="s">
+        <v>194</v>
+      </c>
+      <c r="C135" s="10" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A136" s="36"/>
+      <c r="B136" s="14" t="s">
+        <v>308</v>
+      </c>
+      <c r="C136" s="10" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A137" s="36"/>
+      <c r="B137" s="14" t="s">
+        <v>259</v>
+      </c>
+      <c r="C137" s="10" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A138" s="36"/>
+      <c r="B138" s="14" t="s">
+        <v>224</v>
+      </c>
+      <c r="C138" s="10" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A139" s="36"/>
+      <c r="B139" s="14" t="s">
+        <v>199</v>
+      </c>
+      <c r="C139" s="10" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A140" s="36"/>
+      <c r="B140" s="14" t="s">
+        <v>338</v>
+      </c>
+      <c r="C140" s="10" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A141" s="36"/>
+      <c r="B141" s="14" t="s">
+        <v>218</v>
+      </c>
+      <c r="C141" s="10" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A142" s="36"/>
+      <c r="B142" s="14" t="s">
+        <v>218</v>
+      </c>
+      <c r="C142" s="10" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A143" s="36"/>
+      <c r="B143" s="14" t="s">
+        <v>235</v>
+      </c>
+      <c r="C143" s="10" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A144" s="36"/>
+      <c r="B144" s="14" t="s">
+        <v>223</v>
+      </c>
+      <c r="C144" s="10" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A145" s="36"/>
+      <c r="B145" s="14" t="s">
+        <v>320</v>
+      </c>
+      <c r="C145" s="10" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A146" s="36"/>
+      <c r="B146" s="14" t="s">
+        <v>198</v>
+      </c>
+      <c r="C146" s="10" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A147" s="36"/>
+      <c r="B147" s="14" t="s">
+        <v>208</v>
+      </c>
+      <c r="C147" s="10" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A148" s="36"/>
+      <c r="B148" s="14" t="s">
+        <v>182</v>
+      </c>
+      <c r="C148" s="10" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A149" s="36"/>
+      <c r="B149" s="14" t="s">
+        <v>261</v>
+      </c>
+      <c r="C149" s="10" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A150" s="36"/>
+      <c r="B150" s="14" t="s">
+        <v>352</v>
+      </c>
+      <c r="C150" s="10" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A151" s="36"/>
+      <c r="B151" s="14" t="s">
+        <v>353</v>
+      </c>
+      <c r="C151" s="10" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A152" s="36"/>
+      <c r="B152" s="14" t="s">
+        <v>299</v>
+      </c>
+      <c r="C152" s="10" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A153" s="36"/>
+      <c r="B153" s="14" t="s">
+        <v>357</v>
+      </c>
+      <c r="C153" s="10" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A154" s="36"/>
+      <c r="B154" s="14" t="s">
+        <v>358</v>
+      </c>
+      <c r="C154" s="10" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A155" s="36"/>
+      <c r="B155" s="14" t="s">
+        <v>359</v>
+      </c>
+      <c r="C155" s="10" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A156" s="36"/>
+      <c r="B156" s="14" t="s">
+        <v>361</v>
+      </c>
+      <c r="C156" s="10" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A157" s="36"/>
+      <c r="B157" s="14" t="s">
+        <v>306</v>
+      </c>
+      <c r="C157" s="10" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A158" s="36"/>
+      <c r="B158" s="14" t="s">
         <v>181</v>
       </c>
-    </row>
-[...14 lines deleted...]
-      <c r="C84" s="3" t="s">
+      <c r="C158" s="10" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A159" s="36"/>
+      <c r="B159" s="14" t="s">
+        <v>243</v>
+      </c>
+      <c r="C159" s="10" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A160" s="36"/>
+      <c r="B160" s="14" t="s">
+        <v>248</v>
+      </c>
+      <c r="C160" s="10" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A161" s="36"/>
+      <c r="B161" s="14" t="s">
+        <v>248</v>
+      </c>
+      <c r="C161" s="10" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A162" s="36"/>
+      <c r="B162" s="14" t="s">
+        <v>249</v>
+      </c>
+      <c r="C162" s="10" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A163" s="36"/>
+      <c r="B163" s="14" t="s">
+        <v>270</v>
+      </c>
+      <c r="C163" s="10" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A164" s="36"/>
+      <c r="B164" s="14" t="s">
+        <v>265</v>
+      </c>
+      <c r="C164" s="10" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A165" s="36"/>
+      <c r="B165" s="14" t="s">
+        <v>212</v>
+      </c>
+      <c r="C165" s="10" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A166" s="36"/>
+      <c r="B166" s="14" t="s">
+        <v>250</v>
+      </c>
+      <c r="C166" s="10" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A167" s="36"/>
+      <c r="B167" s="14" t="s">
+        <v>247</v>
+      </c>
+      <c r="C167" s="10" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A168" s="36"/>
+      <c r="B168" s="14" t="s">
+        <v>252</v>
+      </c>
+      <c r="C168" s="10" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A169" s="36"/>
+      <c r="B169" s="14" t="s">
+        <v>319</v>
+      </c>
+      <c r="C169" s="10" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A170" s="36"/>
+      <c r="B170" s="14" t="s">
+        <v>334</v>
+      </c>
+      <c r="C170" s="10" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A171" s="36"/>
+      <c r="B171" s="14" t="s">
+        <v>297</v>
+      </c>
+      <c r="C171" s="10" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A172" s="36"/>
+      <c r="B172" s="14" t="s">
         <v>185</v>
       </c>
-    </row>
-[...83 lines deleted...]
-      <c r="B94" s="4" t="s">
+      <c r="C172" s="10" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A173" s="36"/>
+      <c r="B173" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="C173" s="10" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A174" s="36"/>
+      <c r="B174" s="14" t="s">
+        <v>282</v>
+      </c>
+      <c r="C174" s="10" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A175" s="36"/>
+      <c r="B175" s="14" t="s">
+        <v>257</v>
+      </c>
+      <c r="C175" s="10" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A176" s="36"/>
+      <c r="B176" s="14" t="s">
+        <v>225</v>
+      </c>
+      <c r="C176" s="10" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A177" s="36"/>
+      <c r="B177" s="14" t="s">
+        <v>211</v>
+      </c>
+      <c r="C177" s="10" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A178" s="36"/>
+      <c r="B178" s="14" t="s">
+        <v>234</v>
+      </c>
+      <c r="C178" s="10" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A179" s="36"/>
+      <c r="B179" s="14" t="s">
+        <v>245</v>
+      </c>
+      <c r="C179" s="10" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A180" s="36"/>
+      <c r="B180" s="14" t="s">
+        <v>253</v>
+      </c>
+      <c r="C180" s="10" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A181" s="36"/>
+      <c r="B181" s="14" t="s">
+        <v>302</v>
+      </c>
+      <c r="C181" s="10" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A182" s="36"/>
+      <c r="B182" s="14" t="s">
+        <v>324</v>
+      </c>
+      <c r="C182" s="10" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A183" s="36"/>
+      <c r="B183" s="14" t="s">
+        <v>356</v>
+      </c>
+      <c r="C183" s="10" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A184" s="36"/>
+      <c r="B184" s="14" t="s">
+        <v>355</v>
+      </c>
+      <c r="C184" s="10" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A185" s="36"/>
+      <c r="B185" s="14" t="s">
+        <v>350</v>
+      </c>
+      <c r="C185" s="10" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A186" s="36"/>
+      <c r="B186" s="14" t="s">
+        <v>210</v>
+      </c>
+      <c r="C186" s="10" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A187" s="36"/>
+      <c r="B187" s="14" t="s">
+        <v>264</v>
+      </c>
+      <c r="C187" s="10" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A188" s="36"/>
+      <c r="B188" s="14" t="s">
+        <v>287</v>
+      </c>
+      <c r="C188" s="10" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A189" s="36"/>
+      <c r="B189" s="14" t="s">
         <v>189</v>
       </c>
-      <c r="C94" s="3" t="s">
-[...8 lines deleted...]
-      <c r="C95" s="3" t="s">
+      <c r="C189" s="10" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A190" s="36"/>
+      <c r="B190" s="14" t="s">
+        <v>273</v>
+      </c>
+      <c r="C190" s="10" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A191" s="36"/>
+      <c r="B191" s="14" t="s">
+        <v>360</v>
+      </c>
+      <c r="C191" s="10" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A192" s="36"/>
+      <c r="B192" s="14" t="s">
+        <v>354</v>
+      </c>
+      <c r="C192" s="10" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A193" s="36"/>
+      <c r="B193" s="14" t="s">
+        <v>351</v>
+      </c>
+      <c r="C193" s="10" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A194" s="36"/>
+      <c r="B194" s="14" t="s">
+        <v>228</v>
+      </c>
+      <c r="C194" s="10" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A195" s="36"/>
+      <c r="B195" s="14" t="s">
+        <v>266</v>
+      </c>
+      <c r="C195" s="10" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A196" s="36"/>
+      <c r="B196" s="14" t="s">
+        <v>267</v>
+      </c>
+      <c r="C196" s="10" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A197" s="36"/>
+      <c r="B197" s="14" t="s">
+        <v>226</v>
+      </c>
+      <c r="C197" s="10" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A198" s="36"/>
+      <c r="B198" s="14" t="s">
+        <v>242</v>
+      </c>
+      <c r="C198" s="10" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A199" s="36"/>
+      <c r="B199" s="14" t="s">
+        <v>262</v>
+      </c>
+      <c r="C199" s="10" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A200" s="36"/>
+      <c r="B200" s="14" t="s">
+        <v>329</v>
+      </c>
+      <c r="C200" s="10" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A201" s="36"/>
+      <c r="B201" s="14" t="s">
+        <v>317</v>
+      </c>
+      <c r="C201" s="10" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A202" s="36"/>
+      <c r="B202" s="14" t="s">
+        <v>283</v>
+      </c>
+      <c r="C202" s="10" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A203" s="36"/>
+      <c r="B203" s="14" t="s">
+        <v>204</v>
+      </c>
+      <c r="C203" s="10" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A204" s="36"/>
+      <c r="B204" s="14" t="s">
+        <v>202</v>
+      </c>
+      <c r="C204" s="10" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A205" s="36"/>
+      <c r="B205" s="14" t="s">
+        <v>237</v>
+      </c>
+      <c r="C205" s="10" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A206" s="36"/>
+      <c r="B206" s="14" t="s">
+        <v>203</v>
+      </c>
+      <c r="C206" s="10" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A207" s="36"/>
+      <c r="B207" s="14" t="s">
         <v>192</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B96" s="4" t="s">
+      <c r="C207" s="10" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A208" s="36"/>
+      <c r="B208" s="14" t="s">
+        <v>289</v>
+      </c>
+      <c r="C208" s="10" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A209" s="36"/>
+      <c r="B209" s="14" t="s">
+        <v>326</v>
+      </c>
+      <c r="C209" s="10" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A210" s="36"/>
+      <c r="B210" s="14" t="s">
+        <v>333</v>
+      </c>
+      <c r="C210" s="10" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A211" s="36"/>
+      <c r="B211" s="14" t="s">
+        <v>298</v>
+      </c>
+      <c r="C211" s="10" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A212" s="36"/>
+      <c r="B212" s="14" t="s">
+        <v>322</v>
+      </c>
+      <c r="C212" s="10" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A213" s="36"/>
+      <c r="B213" s="14" t="s">
         <v>193</v>
       </c>
-      <c r="C96" s="3" t="s">
-[...281 lines deleted...]
-      <c r="B127" s="14" t="s">
+      <c r="C213" s="10" t="s">
         <v>369</v>
       </c>
-      <c r="C127" s="3" t="s">
-[...778 lines deleted...]
-      <c r="A214" s="25"/>
+    </row>
+    <row r="214" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A214" s="36"/>
       <c r="B214" s="14" t="s">
-        <v>358</v>
-[...6 lines deleted...]
-      <c r="A215" s="25"/>
+        <v>239</v>
+      </c>
+      <c r="C214" s="10" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A215" s="36"/>
       <c r="B215" s="14" t="s">
         <v>323</v>
       </c>
-      <c r="C215" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A216" s="25"/>
+      <c r="C215" s="10" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A216" s="36"/>
       <c r="B216" s="14" t="s">
-        <v>347</v>
-[...6 lines deleted...]
-      <c r="A217" s="25"/>
+        <v>343</v>
+      </c>
+      <c r="C216" s="10" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A217" s="36"/>
       <c r="B217" s="14" t="s">
-        <v>218</v>
-[...1 lines deleted...]
-      <c r="C217" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="C217" s="10" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A218" s="36"/>
+      <c r="B218" s="14" t="s">
+        <v>216</v>
+      </c>
+      <c r="C218" s="10" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A219" s="36"/>
+      <c r="B219" s="14" t="s">
+        <v>271</v>
+      </c>
+      <c r="C219" s="10" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A220" s="36"/>
+      <c r="B220" s="14" t="s">
+        <v>278</v>
+      </c>
+      <c r="C220" s="10" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A221" s="36"/>
+      <c r="B221" s="14" t="s">
+        <v>345</v>
+      </c>
+      <c r="C221" s="10" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A222" s="36"/>
+      <c r="B222" s="14" t="s">
+        <v>337</v>
+      </c>
+      <c r="C222" s="10" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A223" s="36"/>
+      <c r="B223" s="14" t="s">
+        <v>307</v>
+      </c>
+      <c r="C223" s="10" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A224" s="36"/>
+      <c r="B224" s="14" t="s">
+        <v>325</v>
+      </c>
+      <c r="C224" s="10" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A225" s="36"/>
+      <c r="B225" s="14" t="s">
+        <v>215</v>
+      </c>
+      <c r="C225" s="10" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A226" s="36"/>
+      <c r="B226" s="14" t="s">
+        <v>241</v>
+      </c>
+      <c r="C226" s="10" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A227" s="36"/>
+      <c r="B227" s="14" t="s">
+        <v>276</v>
+      </c>
+      <c r="C227" s="10" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A228" s="36"/>
+      <c r="B228" s="14" t="s">
+        <v>328</v>
+      </c>
+      <c r="C228" s="10" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A229" s="36"/>
+      <c r="B229" s="14" t="s">
+        <v>268</v>
+      </c>
+      <c r="C229" s="10" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A230" s="36"/>
+      <c r="B230" s="14" t="s">
+        <v>200</v>
+      </c>
+      <c r="C230" s="10" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A231" s="36"/>
+      <c r="B231" s="14" t="s">
+        <v>187</v>
+      </c>
+      <c r="C231" s="10" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A232" s="36"/>
+      <c r="B232" s="14" t="s">
+        <v>330</v>
+      </c>
+      <c r="C232" s="10" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A233" s="36"/>
+      <c r="B233" s="14" t="s">
+        <v>341</v>
+      </c>
+      <c r="C233" s="10" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A234" s="36"/>
+      <c r="B234" s="14" t="s">
+        <v>321</v>
+      </c>
+      <c r="C234" s="10" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A235" s="36"/>
+      <c r="B235" s="14" t="s">
+        <v>213</v>
+      </c>
+      <c r="C235" s="10" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A236" s="36"/>
+      <c r="B236" s="14" t="s">
+        <v>301</v>
+      </c>
+      <c r="C236" s="10" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A237" s="36"/>
+      <c r="B237" s="14" t="s">
+        <v>315</v>
+      </c>
+      <c r="C237" s="10" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A238" s="36"/>
+      <c r="B238" s="14" t="s">
+        <v>272</v>
+      </c>
+      <c r="C238" s="10" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A239" s="36"/>
+      <c r="B239" s="14" t="s">
+        <v>205</v>
+      </c>
+      <c r="C239" s="10" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A240" s="36"/>
+      <c r="B240" s="14" t="s">
+        <v>258</v>
+      </c>
+      <c r="C240" s="15" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A241" s="36"/>
+      <c r="B241" s="14" t="s">
+        <v>254</v>
+      </c>
+      <c r="C241" s="10" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A242" s="36"/>
+      <c r="B242" s="14" t="s">
+        <v>280</v>
+      </c>
+      <c r="C242" s="10" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A243" s="36"/>
+      <c r="B243" s="14" t="s">
+        <v>335</v>
+      </c>
+      <c r="C243" s="10" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A244" s="36"/>
+      <c r="B244" s="14" t="s">
+        <v>231</v>
+      </c>
+      <c r="C244" s="10" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A245" s="36"/>
+      <c r="B245" s="14" t="s">
+        <v>340</v>
+      </c>
+      <c r="C245" s="10" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A246" s="36"/>
+      <c r="B246" s="14" t="s">
+        <v>339</v>
+      </c>
+      <c r="C246" s="10" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A247" s="36"/>
+      <c r="B247" s="14" t="s">
+        <v>290</v>
+      </c>
+      <c r="C247" s="10" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A248" s="36"/>
+      <c r="B248" s="14" t="s">
+        <v>331</v>
+      </c>
+      <c r="C248" s="10" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A249" s="36"/>
+      <c r="B249" s="14" t="s">
+        <v>295</v>
+      </c>
+      <c r="C249" s="10" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A250" s="36"/>
+      <c r="B250" s="14" t="s">
+        <v>296</v>
+      </c>
+      <c r="C250" s="10" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A251" s="36"/>
+      <c r="B251" s="14" t="s">
+        <v>188</v>
+      </c>
+      <c r="C251" s="10" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A252" s="36"/>
+      <c r="B252" s="14" t="s">
+        <v>219</v>
+      </c>
+      <c r="C252" s="10" t="s">
         <v>394</v>
       </c>
     </row>
-    <row r="218" spans="1:3" ht="16" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-      <c r="B219" s="14" t="s">
+    <row r="253" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A253" s="36"/>
+      <c r="B253" s="14" t="s">
+        <v>206</v>
+      </c>
+      <c r="C253" s="10" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A254" s="36"/>
+      <c r="B254" s="14" t="s">
+        <v>246</v>
+      </c>
+      <c r="C254" s="10" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A255" s="36"/>
+      <c r="B255" s="14" t="s">
+        <v>221</v>
+      </c>
+      <c r="C255" s="10" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A256" s="36"/>
+      <c r="B256" s="14" t="s">
+        <v>277</v>
+      </c>
+      <c r="C256" s="10" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A257" s="36"/>
+      <c r="B257" s="14" t="s">
+        <v>244</v>
+      </c>
+      <c r="C257" s="10" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A258" s="36"/>
+      <c r="B258" s="14" t="s">
+        <v>285</v>
+      </c>
+      <c r="C258" s="10" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A259" s="36"/>
+      <c r="B259" s="14" t="s">
+        <v>238</v>
+      </c>
+      <c r="C259" s="10" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A260" s="36"/>
+      <c r="B260" s="14" t="s">
+        <v>274</v>
+      </c>
+      <c r="C260" s="10" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A261" s="36"/>
+      <c r="B261" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="C261" s="10" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A262" s="36"/>
+      <c r="B262" s="14" t="s">
+        <v>214</v>
+      </c>
+      <c r="C262" s="10" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A263" s="36"/>
+      <c r="B263" s="14" t="s">
+        <v>327</v>
+      </c>
+      <c r="C263" s="10" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A264" s="36"/>
+      <c r="B264" s="14" t="s">
+        <v>304</v>
+      </c>
+      <c r="C264" s="10" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A265" s="36"/>
+      <c r="B265" s="14" t="s">
+        <v>294</v>
+      </c>
+      <c r="C265" s="10" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A266" s="36"/>
+      <c r="B266" s="14" t="s">
+        <v>313</v>
+      </c>
+      <c r="C266" s="10" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A267" s="36"/>
+      <c r="B267" s="14" t="s">
+        <v>197</v>
+      </c>
+      <c r="C267" s="10" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A268" s="36"/>
+      <c r="B268" s="14" t="s">
+        <v>197</v>
+      </c>
+      <c r="C268" s="10" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A269" s="36"/>
+      <c r="B269" s="14" t="s">
+        <v>303</v>
+      </c>
+      <c r="C269" s="10"/>
+    </row>
+    <row r="270" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A270" s="36"/>
+      <c r="B270" s="14" t="s">
+        <v>260</v>
+      </c>
+      <c r="C270" s="10" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A271" s="36"/>
+      <c r="B271" s="14" t="s">
+        <v>260</v>
+      </c>
+      <c r="C271" s="10" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A272" s="36"/>
+      <c r="B272" s="14" t="s">
+        <v>183</v>
+      </c>
+      <c r="C272" s="10" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A273" s="36"/>
+      <c r="B273" s="14" t="s">
+        <v>318</v>
+      </c>
+      <c r="C273" s="10" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A274" s="36"/>
+      <c r="B274" s="14" t="s">
+        <v>184</v>
+      </c>
+      <c r="C274" s="10" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A275" s="36"/>
+      <c r="B275" s="14" t="s">
+        <v>222</v>
+      </c>
+      <c r="C275" s="10" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A276" s="36"/>
+      <c r="B276" s="14" t="s">
+        <v>209</v>
+      </c>
+      <c r="C276" s="10" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A277" s="36"/>
+      <c r="B277" s="14" t="s">
+        <v>309</v>
+      </c>
+      <c r="C277" s="10" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A278" s="36"/>
+      <c r="B278" s="14" t="s">
+        <v>220</v>
+      </c>
+      <c r="C278" s="10" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A279" s="36"/>
+      <c r="B279" s="14" t="s">
+        <v>314</v>
+      </c>
+      <c r="C279" s="10" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A280" s="36"/>
+      <c r="B280" s="14" t="s">
         <v>348</v>
       </c>
-      <c r="C219" s="3" t="s">
-[...8 lines deleted...]
-      <c r="C220" s="3" t="s">
+      <c r="C280" s="10" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A281" s="36"/>
+      <c r="B281" s="14" t="s">
+        <v>233</v>
+      </c>
+      <c r="C281" s="10" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A282" s="36"/>
+      <c r="B282" s="14" t="s">
+        <v>190</v>
+      </c>
+      <c r="C282" s="10" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A283" s="36"/>
+      <c r="B283" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="C283" s="10" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A284" s="36"/>
+      <c r="B284" s="14" t="s">
+        <v>196</v>
+      </c>
+      <c r="C284" s="10" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A285" s="36"/>
+      <c r="B285" s="14" t="s">
+        <v>201</v>
+      </c>
+      <c r="C285" s="10" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A286" s="36"/>
+      <c r="B286" s="14" t="s">
+        <v>186</v>
+      </c>
+      <c r="C286" s="10" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A287" s="36"/>
+      <c r="B287" s="14" t="s">
+        <v>288</v>
+      </c>
+      <c r="C287" s="10" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A288" s="36"/>
+      <c r="B288" s="14" t="s">
+        <v>281</v>
+      </c>
+      <c r="C288" s="10" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A289" s="36"/>
+      <c r="B289" s="14" t="s">
+        <v>251</v>
+      </c>
+      <c r="C289" s="10" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A290" s="36"/>
+      <c r="B290" s="14" t="s">
+        <v>286</v>
+      </c>
+      <c r="C290" s="10" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A291" s="36"/>
+      <c r="B291" s="14" t="s">
+        <v>336</v>
+      </c>
+      <c r="C291" s="10" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A292" s="36"/>
+      <c r="B292" s="14" t="s">
+        <v>311</v>
+      </c>
+      <c r="C292" s="10" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A293" s="36"/>
+      <c r="B293" s="14" t="s">
+        <v>279</v>
+      </c>
+      <c r="C293" s="10" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A294" s="36"/>
+      <c r="B294" s="14" t="s">
+        <v>217</v>
+      </c>
+      <c r="C294" s="10" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A295" s="36"/>
+      <c r="B295" s="14" t="s">
+        <v>349</v>
+      </c>
+      <c r="C295" s="10" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A296" s="36"/>
+      <c r="B296" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="C296" s="10" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A297" s="36"/>
+      <c r="B297" s="14" t="s">
+        <v>191</v>
+      </c>
+      <c r="C297" s="10" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A298" s="36"/>
+      <c r="B298" s="14" t="s">
+        <v>316</v>
+      </c>
+      <c r="C298" s="10" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A299" s="36"/>
+      <c r="B299" s="14" t="s">
+        <v>227</v>
+      </c>
+      <c r="C299" s="10" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A300" s="36"/>
+      <c r="B300" s="14" t="s">
+        <v>284</v>
+      </c>
+      <c r="C300" s="10" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A301" s="36"/>
+      <c r="B301" s="14" t="s">
+        <v>310</v>
+      </c>
+      <c r="C301" s="10" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A302" s="36"/>
+      <c r="B302" s="14" t="s">
+        <v>230</v>
+      </c>
+      <c r="C302" s="10" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A303" s="31" t="s">
+        <v>543</v>
+      </c>
+      <c r="B303" s="14" t="s">
+        <v>539</v>
+      </c>
+      <c r="C303" s="10"/>
+    </row>
+    <row r="304" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A304" s="31"/>
+      <c r="B304" s="14" t="s">
+        <v>540</v>
+      </c>
+      <c r="C304" s="10"/>
+    </row>
+    <row r="305" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A305" s="31" t="s">
         <v>544</v>
       </c>
-    </row>
-[...266 lines deleted...]
-      <c r="C250" s="3" t="s">
+      <c r="B305" s="14" t="s">
+        <v>539</v>
+      </c>
+      <c r="C305" s="3"/>
+    </row>
+    <row r="306" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A306" s="31"/>
+      <c r="B306" s="14" t="s">
         <v>540</v>
       </c>
-    </row>
-[...500 lines deleted...]
-      </c>
+      <c r="C306" s="3"/>
+    </row>
+    <row r="307" spans="1:3" ht="16" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A307" s="31" t="s">
+        <v>20</v>
+      </c>
+      <c r="B307" s="32" t="s">
+        <v>547</v>
+      </c>
+      <c r="C307" s="33"/>
+    </row>
+    <row r="308" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A308" s="31"/>
+      <c r="B308" s="32"/>
+      <c r="C308" s="33"/>
+    </row>
+    <row r="309" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A309" s="31" t="s">
+        <v>545</v>
+      </c>
+      <c r="B309" s="34"/>
+      <c r="C309" s="33"/>
+    </row>
+    <row r="310" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A310" s="31"/>
+      <c r="B310" s="35"/>
+      <c r="C310" s="33"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B120:C306">
-    <sortCondition ref="B120:B306"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B116:C302">
+    <sortCondition ref="B116:B302"/>
   </sortState>
-  <mergeCells count="9">
-[...2 lines deleted...]
-    <mergeCell ref="A108:A109"/>
+  <mergeCells count="17">
+    <mergeCell ref="A303:A304"/>
+    <mergeCell ref="A116:A302"/>
+    <mergeCell ref="A101:A102"/>
+    <mergeCell ref="A104:A105"/>
     <mergeCell ref="B1:C1"/>
-    <mergeCell ref="A23:A25"/>
-[...3 lines deleted...]
-    <mergeCell ref="A92:A101"/>
+    <mergeCell ref="A22:A23"/>
+    <mergeCell ref="A24:A44"/>
+    <mergeCell ref="A3:A21"/>
+    <mergeCell ref="A45:A87"/>
+    <mergeCell ref="A88:A97"/>
+    <mergeCell ref="A305:A306"/>
+    <mergeCell ref="A307:A308"/>
+    <mergeCell ref="B307:B308"/>
+    <mergeCell ref="C307:C308"/>
+    <mergeCell ref="A309:A310"/>
+    <mergeCell ref="C309:C310"/>
+    <mergeCell ref="B309:B310"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Coparn</vt:lpstr>
       <vt:lpstr>Panduan</vt:lpstr>
     </vt:vector>