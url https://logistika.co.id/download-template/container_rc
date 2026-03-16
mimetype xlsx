--- v1 (2026-01-30)
+++ v2 (2026-03-16)
@@ -5,75 +5,75 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="10119"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/arifal/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{199D470D-45D4-5D4A-BEE1-336D59A0DC0A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{88126754-BC6E-DA4B-9011-C38475B1CCDD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="500" windowWidth="33600" windowHeight="19100" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="500" windowWidth="33600" windowHeight="19120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Coparn" sheetId="1" r:id="rId1"/>
     <sheet name="Panduan" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029" forceFullCalc="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="638" uniqueCount="589">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="637" uniqueCount="591">
   <si>
     <t>Container No</t>
   </si>
   <si>
     <t>Container Code</t>
   </si>
   <si>
     <t>Full</t>
   </si>
   <si>
     <t>Imo Class</t>
   </si>
   <si>
     <t>Discharge Port</t>
   </si>
   <si>
     <t>Container Operator</t>
   </si>
   <si>
     <t>Gross</t>
   </si>
   <si>
     <t>PEB</t>
   </si>
   <si>
@@ -1796,112 +1796,105 @@
     <t>42P3</t>
   </si>
   <si>
     <t>Container Flat Track 40 ft</t>
   </si>
   <si>
     <t>45P3</t>
   </si>
   <si>
     <t>Container Flat Track High Cube 40 ft</t>
   </si>
   <si>
     <t>Full / Isi</t>
   </si>
   <si>
     <t xml:space="preserve"> Empty / Kosong</t>
   </si>
   <si>
     <t xml:space="preserve">MTY </t>
   </si>
   <si>
     <t xml:space="preserve">FCL </t>
   </si>
   <si>
     <t>Plugging Time (Y-m-d H:i:s)</t>
+  </si>
+  <si>
+    <t>Special Handling</t>
+  </si>
+  <si>
+    <t>Container Reference</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd\ hh\:mm\:ss\ "/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF9C0006"/>
-      <name val="Calibri"/>
-[...12 lines deleted...]
-      <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri (Body)"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF9C0006"/>
       <name val="Calibri (Body)"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="18"/>
-      <color rgb="FF000000"/>
-      <name val="Calibri (Body)"/>
+      <color rgb="FF9C0006"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFBDD7EE"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor rgb="FF000000"/>
@@ -1967,166 +1960,154 @@
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="41">
+  <cellXfs count="37">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="5" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...48 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="5" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="5" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Bad" xfId="1" builtinId="27"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2394,5357 +2375,3504 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:X406"/>
+  <dimension ref="A1:Z50"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="55" workbookViewId="0">
-      <selection activeCell="J6" sqref="J6"/>
+      <selection activeCell="A2" sqref="A2:Z7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="24" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="23" customWidth="1"/>
-[...22 lines deleted...]
-    <col min="24" max="24" width="35.83203125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="23" style="25" customWidth="1"/>
+    <col min="2" max="2" width="25.33203125" style="25" customWidth="1"/>
+    <col min="3" max="3" width="12.33203125" style="25" customWidth="1"/>
+    <col min="4" max="4" width="21.6640625" style="25" customWidth="1"/>
+    <col min="5" max="5" width="22" style="25" customWidth="1"/>
+    <col min="6" max="6" width="30.83203125" style="25" customWidth="1"/>
+    <col min="7" max="7" width="12" style="25" customWidth="1"/>
+    <col min="8" max="8" width="16.5" style="23" customWidth="1"/>
+    <col min="9" max="9" width="17.33203125" style="23" customWidth="1"/>
+    <col min="10" max="10" width="20.1640625" style="23" customWidth="1"/>
+    <col min="11" max="11" width="20.33203125" style="25" customWidth="1"/>
+    <col min="12" max="12" width="20.5" style="25" customWidth="1"/>
+    <col min="13" max="13" width="22" style="25" customWidth="1"/>
+    <col min="14" max="14" width="17" style="25" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="24.6640625" style="25" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="24" style="25" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="14.1640625" style="25" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="16" style="25" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="21.83203125" style="25" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="23.6640625" style="25" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="17.6640625" style="25" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="43.83203125" style="25" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="23.6640625" style="25" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="35.83203125" style="25" bestFit="1" customWidth="1"/>
+    <col min="25" max="25" width="34.33203125" style="25" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="26.6640625" style="25" bestFit="1" customWidth="1"/>
+    <col min="27" max="16384" width="8.83203125" style="25"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24" s="24" customFormat="1" ht="31" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:26" s="26" customFormat="1" ht="31" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="19" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="19" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="19" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="20" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="19" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="19" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="19" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="21" t="s">
+      <c r="H1" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="I1" s="22" t="s">
+      <c r="I1" s="21" t="s">
         <v>9</v>
       </c>
-      <c r="J1" s="21" t="s">
+      <c r="J1" s="18" t="s">
         <v>10</v>
       </c>
       <c r="K1" s="19" t="s">
         <v>11</v>
       </c>
-      <c r="L1" s="22" t="s">
+      <c r="L1" s="21" t="s">
         <v>538</v>
       </c>
-      <c r="M1" s="23" t="s">
+      <c r="M1" s="18" t="s">
         <v>543</v>
       </c>
-      <c r="N1" s="21" t="s">
+      <c r="N1" s="18" t="s">
         <v>12</v>
       </c>
-      <c r="O1" s="23" t="s">
+      <c r="O1" s="18" t="s">
         <v>13</v>
       </c>
-      <c r="P1" s="23" t="s">
+      <c r="P1" s="18" t="s">
         <v>14</v>
       </c>
-      <c r="Q1" s="23" t="s">
+      <c r="Q1" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="R1" s="23" t="s">
+      <c r="R1" s="18" t="s">
         <v>16</v>
       </c>
-      <c r="S1" s="23" t="s">
+      <c r="S1" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="T1" s="23" t="s">
+      <c r="T1" s="18" t="s">
         <v>18</v>
       </c>
-      <c r="U1" s="23" t="s">
+      <c r="U1" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="V1" s="23" t="s">
+      <c r="V1" s="18" t="s">
         <v>544</v>
       </c>
-      <c r="W1" s="23" t="s">
+      <c r="W1" s="18" t="s">
         <v>546</v>
       </c>
-      <c r="X1" s="23" t="s">
+      <c r="X1" s="18" t="s">
         <v>588</v>
       </c>
-    </row>
-[...2346 lines deleted...]
-      <c r="C406" s="29"/>
+      <c r="Y1" s="18" t="s">
+        <v>589</v>
+      </c>
+      <c r="Z1" s="18" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="2" spans="1:26" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="22"/>
+      <c r="B2" s="22"/>
+      <c r="C2" s="22"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
+      <c r="F2" s="22"/>
+      <c r="G2" s="22"/>
+      <c r="K2" s="23"/>
+      <c r="L2" s="22"/>
+      <c r="M2" s="22"/>
+      <c r="N2" s="22"/>
+      <c r="O2" s="22"/>
+      <c r="P2" s="22"/>
+      <c r="Q2" s="22"/>
+      <c r="R2" s="22"/>
+      <c r="S2" s="22"/>
+      <c r="T2" s="22"/>
+      <c r="U2" s="22"/>
+      <c r="V2" s="22"/>
+      <c r="W2" s="22"/>
+      <c r="X2" s="24"/>
+      <c r="Y2" s="26"/>
+    </row>
+    <row r="3" spans="1:26" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="22"/>
+      <c r="B3" s="22"/>
+      <c r="C3" s="22"/>
+      <c r="D3" s="22"/>
+      <c r="E3" s="22"/>
+      <c r="F3" s="22"/>
+      <c r="G3" s="22"/>
+      <c r="K3" s="23"/>
+      <c r="L3" s="22"/>
+      <c r="M3" s="22"/>
+      <c r="N3" s="22"/>
+      <c r="O3" s="22"/>
+      <c r="P3" s="22"/>
+      <c r="Q3" s="22"/>
+      <c r="R3" s="22"/>
+      <c r="S3" s="22"/>
+      <c r="T3" s="22"/>
+      <c r="U3" s="22"/>
+      <c r="V3" s="22"/>
+      <c r="W3" s="22"/>
+      <c r="X3" s="24"/>
+      <c r="Y3" s="26"/>
+      <c r="Z3" s="22"/>
+    </row>
+    <row r="4" spans="1:26" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="22"/>
+      <c r="B4" s="22"/>
+      <c r="C4" s="22"/>
+      <c r="D4" s="22"/>
+      <c r="E4" s="22"/>
+      <c r="F4" s="22"/>
+      <c r="G4" s="22"/>
+      <c r="K4" s="23"/>
+      <c r="L4" s="22"/>
+      <c r="M4" s="22"/>
+      <c r="N4" s="22"/>
+      <c r="O4" s="22"/>
+      <c r="P4" s="22"/>
+      <c r="Q4" s="22"/>
+      <c r="R4" s="22"/>
+      <c r="S4" s="22"/>
+      <c r="T4" s="22"/>
+      <c r="U4" s="22"/>
+      <c r="V4" s="22"/>
+      <c r="W4" s="22"/>
+      <c r="X4" s="24"/>
+      <c r="Y4" s="26"/>
+      <c r="Z4" s="22"/>
+    </row>
+    <row r="5" spans="1:26" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="22"/>
+      <c r="B5" s="22"/>
+      <c r="C5" s="22"/>
+      <c r="D5" s="22"/>
+      <c r="E5" s="22"/>
+      <c r="F5" s="22"/>
+      <c r="G5" s="22"/>
+      <c r="K5" s="23"/>
+      <c r="L5" s="22"/>
+      <c r="M5" s="22"/>
+      <c r="N5" s="22"/>
+      <c r="O5" s="22"/>
+      <c r="P5" s="22"/>
+      <c r="Q5" s="22"/>
+      <c r="R5" s="22"/>
+      <c r="S5" s="22"/>
+      <c r="T5" s="22"/>
+      <c r="U5" s="22"/>
+      <c r="V5" s="22"/>
+      <c r="W5" s="22"/>
+      <c r="X5" s="24"/>
+      <c r="Y5" s="26"/>
+      <c r="Z5" s="22"/>
+    </row>
+    <row r="6" spans="1:26" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="22"/>
+      <c r="B6" s="22"/>
+      <c r="C6" s="22"/>
+      <c r="D6" s="22"/>
+      <c r="E6" s="22"/>
+      <c r="F6" s="22"/>
+      <c r="G6" s="22"/>
+      <c r="K6" s="23"/>
+      <c r="L6" s="22"/>
+      <c r="M6" s="22"/>
+      <c r="N6" s="22"/>
+      <c r="O6" s="22"/>
+      <c r="P6" s="22"/>
+      <c r="Q6" s="22"/>
+      <c r="R6" s="22"/>
+      <c r="S6" s="22"/>
+      <c r="T6" s="22"/>
+      <c r="U6" s="22"/>
+      <c r="V6" s="22"/>
+      <c r="W6" s="22"/>
+      <c r="X6" s="24"/>
+      <c r="Y6" s="26"/>
+      <c r="Z6" s="22"/>
+    </row>
+    <row r="7" spans="1:26" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="22"/>
+      <c r="B7" s="22"/>
+      <c r="C7" s="22"/>
+      <c r="D7" s="22"/>
+      <c r="E7" s="22"/>
+      <c r="F7" s="22"/>
+      <c r="G7" s="22"/>
+      <c r="K7" s="23"/>
+      <c r="L7" s="22"/>
+      <c r="M7" s="22"/>
+      <c r="N7" s="22"/>
+      <c r="O7" s="22"/>
+      <c r="P7" s="22"/>
+      <c r="Q7" s="22"/>
+      <c r="R7" s="22"/>
+      <c r="S7" s="22"/>
+      <c r="T7" s="22"/>
+      <c r="U7" s="22"/>
+      <c r="V7" s="22"/>
+      <c r="W7" s="22"/>
+      <c r="X7" s="24"/>
+      <c r="Y7" s="26"/>
+      <c r="Z7" s="22"/>
+    </row>
+    <row r="8" spans="1:26" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C8" s="22"/>
+      <c r="D8" s="22"/>
+      <c r="E8" s="22"/>
+      <c r="M8" s="22"/>
+      <c r="V8" s="22"/>
+      <c r="X8" s="24"/>
+      <c r="Y8" s="26"/>
+    </row>
+    <row r="9" spans="1:26" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C9" s="22"/>
+      <c r="D9" s="22"/>
+      <c r="E9" s="22"/>
+      <c r="M9" s="22"/>
+      <c r="V9" s="22"/>
+      <c r="X9" s="24"/>
+      <c r="Y9" s="26"/>
+    </row>
+    <row r="10" spans="1:26" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C10" s="22"/>
+      <c r="D10" s="22"/>
+      <c r="E10" s="22"/>
+      <c r="M10" s="22"/>
+      <c r="V10" s="22"/>
+      <c r="X10" s="24"/>
+      <c r="Y10" s="26"/>
+    </row>
+    <row r="11" spans="1:26" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C11" s="22"/>
+      <c r="D11" s="22"/>
+      <c r="E11" s="22"/>
+      <c r="M11" s="22"/>
+      <c r="V11" s="22"/>
+      <c r="X11" s="24"/>
+      <c r="Y11" s="26"/>
+    </row>
+    <row r="12" spans="1:26" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C12" s="22"/>
+      <c r="D12" s="22"/>
+      <c r="E12" s="22"/>
+      <c r="M12" s="22"/>
+      <c r="V12" s="22"/>
+      <c r="X12" s="24"/>
+      <c r="Y12" s="26"/>
+    </row>
+    <row r="13" spans="1:26" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C13" s="22"/>
+      <c r="D13" s="22"/>
+      <c r="E13" s="22"/>
+      <c r="M13" s="22"/>
+      <c r="V13" s="22"/>
+      <c r="X13" s="24"/>
+    </row>
+    <row r="14" spans="1:26" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C14" s="22"/>
+      <c r="D14" s="22"/>
+      <c r="E14" s="22"/>
+      <c r="M14" s="22"/>
+      <c r="V14" s="22"/>
+      <c r="X14" s="24"/>
+    </row>
+    <row r="15" spans="1:26" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C15" s="22"/>
+      <c r="D15" s="22"/>
+      <c r="E15" s="22"/>
+      <c r="M15" s="22"/>
+      <c r="V15" s="22"/>
+      <c r="X15" s="24"/>
+    </row>
+    <row r="16" spans="1:26" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C16" s="22"/>
+      <c r="D16" s="22"/>
+      <c r="E16" s="22"/>
+      <c r="M16" s="22"/>
+      <c r="V16" s="22"/>
+      <c r="X16" s="24"/>
+    </row>
+    <row r="17" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C17" s="22"/>
+      <c r="D17" s="22"/>
+      <c r="E17" s="22"/>
+      <c r="M17" s="22"/>
+      <c r="V17" s="22"/>
+      <c r="X17" s="24"/>
+    </row>
+    <row r="18" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C18" s="22"/>
+      <c r="D18" s="22"/>
+      <c r="E18" s="22"/>
+      <c r="M18" s="22"/>
+      <c r="V18" s="22"/>
+      <c r="X18" s="24"/>
+    </row>
+    <row r="19" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C19" s="22"/>
+      <c r="D19" s="22"/>
+      <c r="E19" s="22"/>
+      <c r="M19" s="22"/>
+      <c r="V19" s="22"/>
+      <c r="X19" s="24"/>
+    </row>
+    <row r="20" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C20" s="22"/>
+      <c r="D20" s="22"/>
+      <c r="E20" s="22"/>
+      <c r="M20" s="22"/>
+      <c r="V20" s="22"/>
+      <c r="X20" s="24"/>
+    </row>
+    <row r="21" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C21" s="22"/>
+      <c r="D21" s="22"/>
+      <c r="E21" s="22"/>
+      <c r="M21" s="22"/>
+      <c r="V21" s="22"/>
+      <c r="X21" s="24"/>
+    </row>
+    <row r="22" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C22" s="22"/>
+      <c r="D22" s="22"/>
+      <c r="E22" s="22"/>
+      <c r="M22" s="22"/>
+      <c r="V22" s="22"/>
+      <c r="X22" s="24"/>
+    </row>
+    <row r="23" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C23" s="22"/>
+      <c r="D23" s="22"/>
+      <c r="E23" s="22"/>
+      <c r="M23" s="22"/>
+      <c r="V23" s="22"/>
+      <c r="X23" s="24"/>
+    </row>
+    <row r="24" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C24" s="22"/>
+      <c r="D24" s="22"/>
+      <c r="E24" s="22"/>
+      <c r="M24" s="22"/>
+      <c r="V24" s="22"/>
+      <c r="X24" s="24"/>
+    </row>
+    <row r="25" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C25" s="22"/>
+      <c r="D25" s="22"/>
+      <c r="E25" s="22"/>
+      <c r="M25" s="22"/>
+      <c r="V25" s="22"/>
+      <c r="X25" s="24"/>
+    </row>
+    <row r="26" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C26" s="22"/>
+      <c r="D26" s="22"/>
+      <c r="E26" s="22"/>
+      <c r="M26" s="22"/>
+      <c r="V26" s="22"/>
+      <c r="X26" s="24"/>
+    </row>
+    <row r="27" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C27" s="22"/>
+      <c r="D27" s="22"/>
+      <c r="E27" s="22"/>
+      <c r="M27" s="22"/>
+      <c r="V27" s="22"/>
+      <c r="X27" s="24"/>
+    </row>
+    <row r="28" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C28" s="22"/>
+      <c r="D28" s="22"/>
+      <c r="E28" s="22"/>
+      <c r="M28" s="22"/>
+      <c r="V28" s="22"/>
+      <c r="X28" s="24"/>
+    </row>
+    <row r="29" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C29" s="22"/>
+      <c r="D29" s="22"/>
+      <c r="E29" s="22"/>
+      <c r="M29" s="22"/>
+      <c r="V29" s="22"/>
+      <c r="X29" s="24"/>
+    </row>
+    <row r="30" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C30" s="22"/>
+      <c r="D30" s="22"/>
+      <c r="E30" s="22"/>
+      <c r="M30" s="22"/>
+      <c r="V30" s="22"/>
+      <c r="X30" s="24"/>
+    </row>
+    <row r="31" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C31" s="22"/>
+      <c r="D31" s="22"/>
+      <c r="E31" s="22"/>
+      <c r="M31" s="22"/>
+      <c r="V31" s="22"/>
+      <c r="X31" s="24"/>
+    </row>
+    <row r="32" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C32" s="22"/>
+      <c r="D32" s="22"/>
+      <c r="E32" s="22"/>
+      <c r="M32" s="22"/>
+      <c r="V32" s="22"/>
+      <c r="X32" s="24"/>
+    </row>
+    <row r="33" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C33" s="22"/>
+      <c r="D33" s="22"/>
+      <c r="E33" s="22"/>
+      <c r="M33" s="22"/>
+      <c r="V33" s="22"/>
+      <c r="X33" s="24"/>
+    </row>
+    <row r="34" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C34" s="22"/>
+      <c r="D34" s="22"/>
+      <c r="E34" s="22"/>
+      <c r="M34" s="22"/>
+      <c r="V34" s="22"/>
+      <c r="X34" s="24"/>
+    </row>
+    <row r="35" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C35" s="22"/>
+      <c r="D35" s="22"/>
+      <c r="E35" s="22"/>
+      <c r="M35" s="22"/>
+      <c r="V35" s="22"/>
+      <c r="X35" s="24"/>
+    </row>
+    <row r="36" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C36" s="22"/>
+      <c r="D36" s="22"/>
+      <c r="E36" s="22"/>
+      <c r="M36" s="22"/>
+      <c r="V36" s="22"/>
+      <c r="X36" s="24"/>
+    </row>
+    <row r="37" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C37" s="22"/>
+      <c r="D37" s="22"/>
+      <c r="E37" s="22"/>
+      <c r="M37" s="22"/>
+      <c r="V37" s="22"/>
+      <c r="X37" s="24"/>
+    </row>
+    <row r="38" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C38" s="22"/>
+      <c r="D38" s="22"/>
+      <c r="E38" s="22"/>
+      <c r="M38" s="22"/>
+      <c r="V38" s="22"/>
+      <c r="X38" s="24"/>
+    </row>
+    <row r="39" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C39" s="22"/>
+      <c r="D39" s="22"/>
+      <c r="E39" s="22"/>
+      <c r="M39" s="22"/>
+      <c r="V39" s="22"/>
+      <c r="X39" s="24"/>
+    </row>
+    <row r="40" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C40" s="22"/>
+      <c r="D40" s="22"/>
+      <c r="E40" s="22"/>
+      <c r="M40" s="22"/>
+      <c r="V40" s="22"/>
+      <c r="X40" s="24"/>
+    </row>
+    <row r="41" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C41" s="22"/>
+      <c r="D41" s="22"/>
+      <c r="E41" s="22"/>
+      <c r="M41" s="22"/>
+      <c r="V41" s="22"/>
+      <c r="X41" s="24"/>
+    </row>
+    <row r="42" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C42" s="22"/>
+      <c r="D42" s="22"/>
+      <c r="E42" s="22"/>
+      <c r="M42" s="22"/>
+      <c r="V42" s="22"/>
+      <c r="X42" s="24"/>
+    </row>
+    <row r="43" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C43" s="22"/>
+      <c r="D43" s="22"/>
+      <c r="E43" s="22"/>
+      <c r="M43" s="22"/>
+      <c r="V43" s="22"/>
+      <c r="X43" s="24"/>
+    </row>
+    <row r="44" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C44" s="22"/>
+      <c r="D44" s="22"/>
+      <c r="E44" s="22"/>
+      <c r="M44" s="22"/>
+      <c r="V44" s="22"/>
+      <c r="X44" s="24"/>
+    </row>
+    <row r="45" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C45" s="22"/>
+      <c r="M45" s="22"/>
+      <c r="V45" s="22"/>
+      <c r="X45" s="24"/>
+    </row>
+    <row r="46" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="M46" s="22"/>
+      <c r="V46" s="22"/>
+      <c r="X46" s="24"/>
+    </row>
+    <row r="47" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="M47" s="22"/>
+      <c r="V47" s="22"/>
+      <c r="X47" s="24"/>
+    </row>
+    <row r="48" spans="3:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="M48" s="22"/>
+      <c r="V48" s="22"/>
+      <c r="X48" s="24"/>
+    </row>
+    <row r="49" spans="13:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="M49" s="22"/>
+      <c r="V49" s="22"/>
+      <c r="X49" s="24"/>
+    </row>
+    <row r="50" spans="13:24" ht="28" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="M50" s="22"/>
+      <c r="V50" s="22"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="X2:X49" xr:uid="{15731880-D5EF-7541-86C7-402AB5AC609A}">
       <formula1>45658</formula1>
       <formula2>47829</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
-      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="6">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="7">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{071D1D72-9B17-224A-B907-8AC5DB91E698}">
           <x14:formula1>
             <xm:f>Panduan!$B$116:$B$302</xm:f>
           </x14:formula1>
-          <xm:sqref>L2:L4</xm:sqref>
+          <xm:sqref>L2:L7</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{A5836106-CD4D-8F41-BD00-F538412429D0}">
           <x14:formula1>
             <xm:f>Panduan!$B$101:$B$102</xm:f>
           </x14:formula1>
-          <xm:sqref>I2:I38 K2:K4</xm:sqref>
+          <xm:sqref>K2:K7 I2:I38</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{34F7321D-66FC-D347-B3F0-9582CDD33B15}">
           <x14:formula1>
             <xm:f>Panduan!$B$24:$B$44</xm:f>
           </x14:formula1>
-          <xm:sqref>D3:D44</xm:sqref>
+          <xm:sqref>D2:D44</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{2D42E2D3-50CC-3540-AC4D-2E8C9D877952}">
           <x14:formula1>
             <xm:f>Panduan!$B$303:$B$304</xm:f>
           </x14:formula1>
           <xm:sqref>M2:M50</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{0AC00F96-65E9-BC49-A1A9-AA10BA72ECDB}">
           <x14:formula1>
             <xm:f>Panduan!$B$305:$B$306</xm:f>
           </x14:formula1>
           <xm:sqref>V2:V50</xm:sqref>
         </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{BDE8A342-452D-834C-8A2A-49560B58C83E}">
+          <x14:formula1>
+            <xm:f>Panduan!$B$22:$B$23</xm:f>
+          </x14:formula1>
+          <xm:sqref>C8:C45</xm:sqref>
+        </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{54D37E5A-7CD0-9840-B7BB-F893018A054F}">
           <x14:formula1>
             <xm:f>Panduan!$B$45:$B$87</xm:f>
           </x14:formula1>
-          <xm:sqref>E3:E44</xm:sqref>
+          <xm:sqref>E2:E44</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3D8060EA-4535-4DA2-9010-4DE4E29F08C7}">
   <dimension ref="A1:C310"/>
   <sheetViews>
     <sheetView zoomScale="124" workbookViewId="0">
       <selection activeCell="B8" sqref="B8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="30.5" style="6" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="145.6640625" style="2" customWidth="1"/>
+    <col min="1" max="1" width="30.5" style="5" customWidth="1"/>
+    <col min="2" max="2" width="48.33203125" style="3" customWidth="1"/>
+    <col min="3" max="3" width="145.6640625" style="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" s="5" customFormat="1" ht="17" x14ac:dyDescent="0.2">
-      <c r="A1" s="7" t="s">
+    <row r="1" spans="1:3" s="4" customFormat="1" ht="17" x14ac:dyDescent="0.2">
+      <c r="A1" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="B1" s="39" t="s">
+      <c r="B1" s="35" t="s">
         <v>79</v>
       </c>
-      <c r="C1" s="39"/>
+      <c r="C1" s="35"/>
     </row>
     <row r="2" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A2" s="8" t="s">
+      <c r="A2" s="7" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="14" t="s">
+      <c r="B2" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="C2" s="10"/>
+      <c r="C2" s="9"/>
     </row>
     <row r="3" spans="1:3" ht="16" x14ac:dyDescent="0.2">
-      <c r="A3" s="38" t="s">
+      <c r="A3" s="34" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="18" t="s">
+      <c r="B3" s="17" t="s">
         <v>542</v>
       </c>
-      <c r="C3" s="17" t="s">
+      <c r="C3" s="16" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="16" x14ac:dyDescent="0.2">
-      <c r="A4" s="38"/>
-      <c r="B4" s="18" t="s">
+      <c r="A4" s="34"/>
+      <c r="B4" s="17" t="s">
         <v>549</v>
       </c>
-      <c r="C4" s="17" t="s">
+      <c r="C4" s="16" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="16" x14ac:dyDescent="0.2">
-      <c r="A5" s="38"/>
-      <c r="B5" s="18" t="s">
+      <c r="A5" s="34"/>
+      <c r="B5" s="17" t="s">
         <v>541</v>
       </c>
-      <c r="C5" s="17" t="s">
+      <c r="C5" s="16" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="16" x14ac:dyDescent="0.2">
-      <c r="A6" s="38"/>
-      <c r="B6" s="18" t="s">
+      <c r="A6" s="34"/>
+      <c r="B6" s="17" t="s">
         <v>552</v>
       </c>
-      <c r="C6" s="17" t="s">
+      <c r="C6" s="16" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="16" x14ac:dyDescent="0.2">
-      <c r="A7" s="38"/>
-      <c r="B7" s="18" t="s">
+      <c r="A7" s="34"/>
+      <c r="B7" s="17" t="s">
         <v>554</v>
       </c>
-      <c r="C7" s="17" t="s">
+      <c r="C7" s="16" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="16" x14ac:dyDescent="0.2">
-      <c r="A8" s="38"/>
-      <c r="B8" s="18" t="s">
+      <c r="A8" s="34"/>
+      <c r="B8" s="17" t="s">
         <v>556</v>
       </c>
-      <c r="C8" s="17" t="s">
+      <c r="C8" s="16" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="16" x14ac:dyDescent="0.2">
-      <c r="A9" s="38"/>
-      <c r="B9" s="18" t="s">
+      <c r="A9" s="34"/>
+      <c r="B9" s="17" t="s">
         <v>558</v>
       </c>
-      <c r="C9" s="17" t="s">
+      <c r="C9" s="16" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="16" x14ac:dyDescent="0.2">
-      <c r="A10" s="38"/>
-      <c r="B10" s="18" t="s">
+      <c r="A10" s="34"/>
+      <c r="B10" s="17" t="s">
         <v>560</v>
       </c>
-      <c r="C10" s="17" t="s">
+      <c r="C10" s="16" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="16" x14ac:dyDescent="0.2">
-      <c r="A11" s="38"/>
-      <c r="B11" s="18" t="s">
+      <c r="A11" s="34"/>
+      <c r="B11" s="17" t="s">
         <v>562</v>
       </c>
-      <c r="C11" s="17" t="s">
+      <c r="C11" s="16" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="16" x14ac:dyDescent="0.2">
-      <c r="A12" s="38"/>
-      <c r="B12" s="18" t="s">
+      <c r="A12" s="34"/>
+      <c r="B12" s="17" t="s">
         <v>564</v>
       </c>
-      <c r="C12" s="17" t="s">
+      <c r="C12" s="16" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="16" x14ac:dyDescent="0.2">
-      <c r="A13" s="38"/>
-      <c r="B13" s="18" t="s">
+      <c r="A13" s="34"/>
+      <c r="B13" s="17" t="s">
         <v>566</v>
       </c>
-      <c r="C13" s="17" t="s">
+      <c r="C13" s="16" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="16" x14ac:dyDescent="0.2">
-      <c r="A14" s="38"/>
-      <c r="B14" s="18" t="s">
+      <c r="A14" s="34"/>
+      <c r="B14" s="17" t="s">
         <v>568</v>
       </c>
-      <c r="C14" s="17" t="s">
+      <c r="C14" s="16" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="16" x14ac:dyDescent="0.2">
-      <c r="A15" s="38"/>
-      <c r="B15" s="18" t="s">
+      <c r="A15" s="34"/>
+      <c r="B15" s="17" t="s">
         <v>570</v>
       </c>
-      <c r="C15" s="17" t="s">
+      <c r="C15" s="16" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="16" x14ac:dyDescent="0.2">
-      <c r="A16" s="38"/>
-      <c r="B16" s="18" t="s">
+      <c r="A16" s="34"/>
+      <c r="B16" s="17" t="s">
         <v>572</v>
       </c>
-      <c r="C16" s="17" t="s">
+      <c r="C16" s="16" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="16" x14ac:dyDescent="0.2">
-      <c r="A17" s="38"/>
-      <c r="B17" s="18" t="s">
+      <c r="A17" s="34"/>
+      <c r="B17" s="17" t="s">
         <v>574</v>
       </c>
-      <c r="C17" s="17" t="s">
+      <c r="C17" s="16" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="16" x14ac:dyDescent="0.2">
-      <c r="A18" s="38"/>
-      <c r="B18" s="18" t="s">
+      <c r="A18" s="34"/>
+      <c r="B18" s="17" t="s">
         <v>576</v>
       </c>
-      <c r="C18" s="17" t="s">
+      <c r="C18" s="16" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="16" x14ac:dyDescent="0.2">
-      <c r="A19" s="38"/>
-      <c r="B19" s="18" t="s">
+      <c r="A19" s="34"/>
+      <c r="B19" s="17" t="s">
         <v>578</v>
       </c>
-      <c r="C19" s="17" t="s">
+      <c r="C19" s="16" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="16" x14ac:dyDescent="0.2">
-      <c r="A20" s="38"/>
-      <c r="B20" s="18" t="s">
+      <c r="A20" s="34"/>
+      <c r="B20" s="17" t="s">
         <v>580</v>
       </c>
-      <c r="C20" s="17" t="s">
+      <c r="C20" s="16" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="16" x14ac:dyDescent="0.2">
-      <c r="A21" s="38"/>
-      <c r="B21" s="18" t="s">
+      <c r="A21" s="34"/>
+      <c r="B21" s="17" t="s">
         <v>582</v>
       </c>
-      <c r="C21" s="17" t="s">
+      <c r="C21" s="16" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A22" s="38" t="s">
+      <c r="A22" s="34" t="s">
         <v>2</v>
       </c>
-      <c r="B22" s="14" t="s">
+      <c r="B22" s="13" t="s">
         <v>587</v>
       </c>
-      <c r="C22" s="10" t="s">
+      <c r="C22" s="9" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A23" s="38"/>
-      <c r="B23" s="14" t="s">
+      <c r="A23" s="34"/>
+      <c r="B23" s="13" t="s">
         <v>586</v>
       </c>
-      <c r="C23" s="10" t="s">
+      <c r="C23" s="9" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A24" s="40"/>
-      <c r="B24" s="14" t="s">
+      <c r="A24" s="36"/>
+      <c r="B24" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="C24" s="10" t="s">
+      <c r="C24" s="9" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A25" s="40"/>
-      <c r="B25" s="14" t="s">
+      <c r="A25" s="36"/>
+      <c r="B25" s="13" t="s">
         <v>28</v>
       </c>
-      <c r="C25" s="10" t="s">
+      <c r="C25" s="9" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A26" s="40"/>
-      <c r="B26" s="14" t="s">
+      <c r="A26" s="36"/>
+      <c r="B26" s="13" t="s">
         <v>29</v>
       </c>
-      <c r="C26" s="10" t="s">
+      <c r="C26" s="9" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A27" s="40"/>
-      <c r="B27" s="14" t="s">
+      <c r="A27" s="36"/>
+      <c r="B27" s="13" t="s">
         <v>30</v>
       </c>
-      <c r="C27" s="10" t="s">
+      <c r="C27" s="9" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="28" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A28" s="40"/>
-      <c r="B28" s="14" t="s">
+      <c r="A28" s="36"/>
+      <c r="B28" s="13" t="s">
         <v>31</v>
       </c>
-      <c r="C28" s="10" t="s">
+      <c r="C28" s="9" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A29" s="40"/>
-      <c r="B29" s="14">
+      <c r="A29" s="36"/>
+      <c r="B29" s="13">
         <v>7</v>
       </c>
-      <c r="C29" s="10" t="s">
+      <c r="C29" s="9" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A30" s="40"/>
-      <c r="B30" s="14">
+      <c r="A30" s="36"/>
+      <c r="B30" s="13">
         <v>8</v>
       </c>
-      <c r="C30" s="10" t="s">
+      <c r="C30" s="9" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A31" s="40"/>
-      <c r="B31" s="14" t="s">
+      <c r="A31" s="36"/>
+      <c r="B31" s="13" t="s">
         <v>32</v>
       </c>
-      <c r="C31" s="10" t="s">
+      <c r="C31" s="9" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A32" s="40"/>
-      <c r="B32" s="14">
+      <c r="A32" s="36"/>
+      <c r="B32" s="13">
         <v>9</v>
       </c>
-      <c r="C32" s="10" t="s">
+      <c r="C32" s="9" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="33" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A33" s="40"/>
-      <c r="B33" s="14" t="s">
+      <c r="A33" s="36"/>
+      <c r="B33" s="13" t="s">
         <v>33</v>
       </c>
-      <c r="C33" s="10" t="s">
+      <c r="C33" s="9" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="34" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A34" s="40"/>
-      <c r="B34" s="14" t="s">
+      <c r="A34" s="36"/>
+      <c r="B34" s="13" t="s">
         <v>34</v>
       </c>
-      <c r="C34" s="10" t="s">
+      <c r="C34" s="9" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="35" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A35" s="40"/>
-      <c r="B35" s="14" t="s">
+      <c r="A35" s="36"/>
+      <c r="B35" s="13" t="s">
         <v>35</v>
       </c>
-      <c r="C35" s="10" t="s">
+      <c r="C35" s="9" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="36" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A36" s="40"/>
-      <c r="B36" s="14">
+      <c r="A36" s="36"/>
+      <c r="B36" s="13">
         <v>1</v>
       </c>
-      <c r="C36" s="10" t="s">
+      <c r="C36" s="9" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="37" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A37" s="40"/>
-      <c r="B37" s="14">
+      <c r="A37" s="36"/>
+      <c r="B37" s="13">
         <v>2</v>
       </c>
-      <c r="C37" s="10" t="s">
+      <c r="C37" s="9" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="38" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A38" s="40"/>
-      <c r="B38" s="14">
+      <c r="A38" s="36"/>
+      <c r="B38" s="13">
         <v>3</v>
       </c>
-      <c r="C38" s="10" t="s">
+      <c r="C38" s="9" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="39" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A39" s="40"/>
-      <c r="B39" s="14" t="s">
+      <c r="A39" s="36"/>
+      <c r="B39" s="13" t="s">
         <v>36</v>
       </c>
-      <c r="C39" s="10" t="s">
+      <c r="C39" s="9" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="40" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A40" s="40"/>
-      <c r="B40" s="14" t="s">
+      <c r="A40" s="36"/>
+      <c r="B40" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="C40" s="10" t="s">
+      <c r="C40" s="9" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="41" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A41" s="40"/>
-      <c r="B41" s="14" t="s">
+      <c r="A41" s="36"/>
+      <c r="B41" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="C41" s="10" t="s">
+      <c r="C41" s="9" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="42" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A42" s="40"/>
-      <c r="B42" s="14" t="s">
+      <c r="A42" s="36"/>
+      <c r="B42" s="13" t="s">
         <v>39</v>
       </c>
-      <c r="C42" s="10" t="s">
+      <c r="C42" s="9" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A43" s="40"/>
-      <c r="B43" s="14" t="s">
+      <c r="A43" s="36"/>
+      <c r="B43" s="13" t="s">
         <v>40</v>
       </c>
-      <c r="C43" s="10" t="s">
+      <c r="C43" s="9" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="44" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A44" s="40"/>
-      <c r="B44" s="14" t="s">
+      <c r="A44" s="36"/>
+      <c r="B44" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="C44" s="10" t="s">
+      <c r="C44" s="9" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="45" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A45" s="38"/>
-      <c r="B45" s="14" t="s">
+      <c r="A45" s="34"/>
+      <c r="B45" s="13" t="s">
         <v>22</v>
       </c>
-      <c r="C45" s="10" t="s">
+      <c r="C45" s="9" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="46" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A46" s="38"/>
-      <c r="B46" s="14" t="s">
+      <c r="A46" s="34"/>
+      <c r="B46" s="13" t="s">
         <v>86</v>
       </c>
-      <c r="C46" s="10" t="s">
+      <c r="C46" s="9" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="47" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A47" s="38"/>
-      <c r="B47" s="14" t="s">
+      <c r="A47" s="34"/>
+      <c r="B47" s="13" t="s">
         <v>88</v>
       </c>
-      <c r="C47" s="10" t="s">
+      <c r="C47" s="9" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="48" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A48" s="38"/>
-      <c r="B48" s="14" t="s">
+      <c r="A48" s="34"/>
+      <c r="B48" s="13" t="s">
         <v>90</v>
       </c>
-      <c r="C48" s="10" t="s">
+      <c r="C48" s="9" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="49" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A49" s="38"/>
-      <c r="B49" s="14" t="s">
+      <c r="A49" s="34"/>
+      <c r="B49" s="13" t="s">
         <v>92</v>
       </c>
-      <c r="C49" s="10" t="s">
+      <c r="C49" s="9" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="50" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A50" s="38"/>
-      <c r="B50" s="14" t="s">
+      <c r="A50" s="34"/>
+      <c r="B50" s="13" t="s">
         <v>102</v>
       </c>
-      <c r="C50" s="10" t="s">
+      <c r="C50" s="9" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="51" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A51" s="38"/>
-      <c r="B51" s="14" t="s">
+      <c r="A51" s="34"/>
+      <c r="B51" s="13" t="s">
         <v>106</v>
       </c>
-      <c r="C51" s="10" t="s">
+      <c r="C51" s="9" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="52" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A52" s="38"/>
-      <c r="B52" s="14" t="s">
+      <c r="A52" s="34"/>
+      <c r="B52" s="13" t="s">
         <v>108</v>
       </c>
-      <c r="C52" s="10" t="s">
+      <c r="C52" s="9" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="53" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A53" s="38"/>
-      <c r="B53" s="14" t="s">
+      <c r="A53" s="34"/>
+      <c r="B53" s="13" t="s">
         <v>110</v>
       </c>
-      <c r="C53" s="10" t="s">
+      <c r="C53" s="9" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="54" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A54" s="38"/>
-      <c r="B54" s="14" t="s">
+      <c r="A54" s="34"/>
+      <c r="B54" s="13" t="s">
         <v>112</v>
       </c>
-      <c r="C54" s="10" t="s">
+      <c r="C54" s="9" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="55" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A55" s="38"/>
-      <c r="B55" s="14" t="s">
+      <c r="A55" s="34"/>
+      <c r="B55" s="13" t="s">
         <v>114</v>
       </c>
-      <c r="C55" s="10" t="s">
+      <c r="C55" s="9" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="56" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A56" s="38"/>
-      <c r="B56" s="14" t="s">
+      <c r="A56" s="34"/>
+      <c r="B56" s="13" t="s">
         <v>116</v>
       </c>
-      <c r="C56" s="10" t="s">
+      <c r="C56" s="9" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="57" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A57" s="38"/>
-      <c r="B57" s="14" t="s">
+      <c r="A57" s="34"/>
+      <c r="B57" s="13" t="s">
         <v>118</v>
       </c>
-      <c r="C57" s="10" t="s">
+      <c r="C57" s="9" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="58" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A58" s="38"/>
-      <c r="B58" s="14" t="s">
+      <c r="A58" s="34"/>
+      <c r="B58" s="13" t="s">
         <v>120</v>
       </c>
-      <c r="C58" s="10" t="s">
+      <c r="C58" s="9" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="59" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A59" s="38"/>
-      <c r="B59" s="14" t="s">
+      <c r="A59" s="34"/>
+      <c r="B59" s="13" t="s">
         <v>122</v>
       </c>
-      <c r="C59" s="10" t="s">
+      <c r="C59" s="9" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="60" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A60" s="38"/>
-      <c r="B60" s="14" t="s">
+      <c r="A60" s="34"/>
+      <c r="B60" s="13" t="s">
         <v>124</v>
       </c>
-      <c r="C60" s="10" t="s">
+      <c r="C60" s="9" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="61" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A61" s="38"/>
-      <c r="B61" s="14" t="s">
+      <c r="A61" s="34"/>
+      <c r="B61" s="13" t="s">
         <v>125</v>
       </c>
-      <c r="C61" s="10" t="s">
+      <c r="C61" s="9" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="62" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A62" s="38"/>
-      <c r="B62" s="14" t="s">
+      <c r="A62" s="34"/>
+      <c r="B62" s="13" t="s">
         <v>127</v>
       </c>
-      <c r="C62" s="10" t="s">
+      <c r="C62" s="9" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="63" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A63" s="38"/>
-      <c r="B63" s="14" t="s">
+      <c r="A63" s="34"/>
+      <c r="B63" s="13" t="s">
         <v>116</v>
       </c>
-      <c r="C63" s="10" t="s">
+      <c r="C63" s="9" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="64" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A64" s="38"/>
-      <c r="B64" s="14" t="s">
+      <c r="A64" s="34"/>
+      <c r="B64" s="13" t="s">
         <v>24</v>
       </c>
-      <c r="C64" s="10" t="s">
+      <c r="C64" s="9" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="65" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A65" s="38"/>
-      <c r="B65" s="14" t="s">
+      <c r="A65" s="34"/>
+      <c r="B65" s="13" t="s">
         <v>130</v>
       </c>
-      <c r="C65" s="10" t="s">
+      <c r="C65" s="9" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A66" s="38"/>
-      <c r="B66" s="14" t="s">
+      <c r="A66" s="34"/>
+      <c r="B66" s="13" t="s">
         <v>132</v>
       </c>
-      <c r="C66" s="10" t="s">
+      <c r="C66" s="9" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A67" s="38"/>
-      <c r="B67" s="14" t="s">
+      <c r="A67" s="34"/>
+      <c r="B67" s="13" t="s">
         <v>134</v>
       </c>
-      <c r="C67" s="10" t="s">
+      <c r="C67" s="9" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A68" s="38"/>
-      <c r="B68" s="14" t="s">
+      <c r="A68" s="34"/>
+      <c r="B68" s="13" t="s">
         <v>136</v>
       </c>
-      <c r="C68" s="10" t="s">
+      <c r="C68" s="9" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="69" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A69" s="38"/>
-      <c r="B69" s="14" t="s">
+      <c r="A69" s="34"/>
+      <c r="B69" s="13" t="s">
         <v>138</v>
       </c>
-      <c r="C69" s="10" t="s">
+      <c r="C69" s="9" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A70" s="38"/>
-      <c r="B70" s="14" t="s">
+      <c r="A70" s="34"/>
+      <c r="B70" s="13" t="s">
         <v>140</v>
       </c>
-      <c r="C70" s="10" t="s">
+      <c r="C70" s="9" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="71" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A71" s="38"/>
-      <c r="B71" s="14" t="s">
+      <c r="A71" s="34"/>
+      <c r="B71" s="13" t="s">
         <v>142</v>
       </c>
-      <c r="C71" s="10" t="s">
+      <c r="C71" s="9" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="72" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A72" s="38"/>
-      <c r="B72" s="14" t="s">
+      <c r="A72" s="34"/>
+      <c r="B72" s="13" t="s">
         <v>144</v>
       </c>
-      <c r="C72" s="10" t="s">
+      <c r="C72" s="9" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A73" s="38"/>
-      <c r="B73" s="14" t="s">
+      <c r="A73" s="34"/>
+      <c r="B73" s="13" t="s">
         <v>146</v>
       </c>
-      <c r="C73" s="10" t="s">
+      <c r="C73" s="9" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A74" s="38"/>
-      <c r="B74" s="14" t="s">
+      <c r="A74" s="34"/>
+      <c r="B74" s="13" t="s">
         <v>148</v>
       </c>
-      <c r="C74" s="10" t="s">
+      <c r="C74" s="9" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A75" s="38"/>
-      <c r="B75" s="14" t="s">
+      <c r="A75" s="34"/>
+      <c r="B75" s="13" t="s">
         <v>150</v>
       </c>
-      <c r="C75" s="10" t="s">
+      <c r="C75" s="9" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A76" s="38"/>
-      <c r="B76" s="14" t="s">
+      <c r="A76" s="34"/>
+      <c r="B76" s="13" t="s">
         <v>152</v>
       </c>
-      <c r="C76" s="10" t="s">
+      <c r="C76" s="9" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="77" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A77" s="38"/>
-      <c r="B77" s="14" t="s">
+      <c r="A77" s="34"/>
+      <c r="B77" s="13" t="s">
         <v>154</v>
       </c>
-      <c r="C77" s="10" t="s">
+      <c r="C77" s="9" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="78" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A78" s="38"/>
-      <c r="B78" s="14" t="s">
+      <c r="A78" s="34"/>
+      <c r="B78" s="13" t="s">
         <v>156</v>
       </c>
-      <c r="C78" s="10" t="s">
+      <c r="C78" s="9" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A79" s="38"/>
-      <c r="B79" s="14" t="s">
+      <c r="A79" s="34"/>
+      <c r="B79" s="13" t="s">
         <v>158</v>
       </c>
-      <c r="C79" s="10" t="s">
+      <c r="C79" s="9" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="80" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A80" s="38"/>
-      <c r="B80" s="14" t="s">
+      <c r="A80" s="34"/>
+      <c r="B80" s="13" t="s">
         <v>160</v>
       </c>
-      <c r="C80" s="10" t="s">
+      <c r="C80" s="9" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A81" s="38"/>
-      <c r="B81" s="14" t="s">
+      <c r="A81" s="34"/>
+      <c r="B81" s="13" t="s">
         <v>94</v>
       </c>
-      <c r="C81" s="10" t="s">
+      <c r="C81" s="9" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="82" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A82" s="38"/>
-      <c r="B82" s="14" t="s">
+      <c r="A82" s="34"/>
+      <c r="B82" s="13" t="s">
         <v>96</v>
       </c>
-      <c r="C82" s="10" t="s">
+      <c r="C82" s="9" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="83" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A83" s="38"/>
-      <c r="B83" s="14" t="s">
+      <c r="A83" s="34"/>
+      <c r="B83" s="13" t="s">
         <v>98</v>
       </c>
-      <c r="C83" s="10" t="s">
+      <c r="C83" s="9" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="84" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A84" s="38"/>
-      <c r="B84" s="14" t="s">
+      <c r="A84" s="34"/>
+      <c r="B84" s="13" t="s">
         <v>82</v>
       </c>
-      <c r="C84" s="10" t="s">
+      <c r="C84" s="9" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="85" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A85" s="38"/>
-      <c r="B85" s="14" t="s">
+      <c r="A85" s="34"/>
+      <c r="B85" s="13" t="s">
         <v>100</v>
       </c>
-      <c r="C85" s="10" t="s">
+      <c r="C85" s="9" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="86" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A86" s="38"/>
-      <c r="B86" s="14" t="s">
+      <c r="A86" s="34"/>
+      <c r="B86" s="13" t="s">
         <v>104</v>
       </c>
-      <c r="C86" s="10" t="s">
+      <c r="C86" s="9" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="87" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A87" s="38"/>
-      <c r="B87" s="14" t="s">
+      <c r="A87" s="34"/>
+      <c r="B87" s="13" t="s">
         <v>84</v>
       </c>
-      <c r="C87" s="10" t="s">
+      <c r="C87" s="9" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="88" spans="1:3" ht="34" x14ac:dyDescent="0.2">
-      <c r="A88" s="38" t="s">
+      <c r="A88" s="34" t="s">
         <v>5</v>
       </c>
-      <c r="B88" s="14" t="s">
+      <c r="B88" s="13" t="s">
         <v>163</v>
       </c>
-      <c r="C88" s="10"/>
+      <c r="C88" s="9"/>
     </row>
     <row r="89" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A89" s="38"/>
-      <c r="B89" s="14" t="s">
+      <c r="A89" s="34"/>
+      <c r="B89" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="C89" s="10" t="s">
+      <c r="C89" s="9" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A90" s="38"/>
-      <c r="B90" s="14" t="s">
+      <c r="A90" s="34"/>
+      <c r="B90" s="13" t="s">
         <v>164</v>
       </c>
-      <c r="C90" s="10" t="s">
+      <c r="C90" s="9" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="91" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A91" s="38"/>
-      <c r="B91" s="14" t="s">
+      <c r="A91" s="34"/>
+      <c r="B91" s="13" t="s">
         <v>166</v>
       </c>
-      <c r="C91" s="10" t="s">
+      <c r="C91" s="9" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="92" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A92" s="38"/>
-      <c r="B92" s="14" t="s">
+      <c r="A92" s="34"/>
+      <c r="B92" s="13" t="s">
         <v>168</v>
       </c>
-      <c r="C92" s="10" t="s">
+      <c r="C92" s="9" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="93" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A93" s="38"/>
-      <c r="B93" s="14" t="s">
+      <c r="A93" s="34"/>
+      <c r="B93" s="13" t="s">
         <v>170</v>
       </c>
-      <c r="C93" s="10" t="s">
+      <c r="C93" s="9" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="94" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A94" s="38"/>
-      <c r="B94" s="14" t="s">
+      <c r="A94" s="34"/>
+      <c r="B94" s="13" t="s">
         <v>172</v>
       </c>
-      <c r="C94" s="10" t="s">
+      <c r="C94" s="9" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="95" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A95" s="38"/>
-      <c r="B95" s="14" t="s">
+      <c r="A95" s="34"/>
+      <c r="B95" s="13" t="s">
         <v>174</v>
       </c>
-      <c r="C95" s="10" t="s">
+      <c r="C95" s="9" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="96" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A96" s="38"/>
-      <c r="B96" s="14" t="s">
+      <c r="A96" s="34"/>
+      <c r="B96" s="13" t="s">
         <v>176</v>
       </c>
-      <c r="C96" s="10" t="s">
+      <c r="C96" s="9" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="97" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A97" s="38"/>
-      <c r="B97" s="14" t="s">
+      <c r="A97" s="34"/>
+      <c r="B97" s="13" t="s">
         <v>178</v>
       </c>
-      <c r="C97" s="10" t="s">
+      <c r="C97" s="9" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="98" spans="1:3" ht="34" x14ac:dyDescent="0.2">
-      <c r="A98" s="11" t="s">
+      <c r="A98" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="B98" s="14" t="s">
+      <c r="B98" s="13" t="s">
         <v>62</v>
       </c>
-      <c r="C98" s="10"/>
+      <c r="C98" s="9"/>
     </row>
     <row r="99" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A99" s="12" t="s">
+      <c r="A99" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="B99" s="14" t="s">
+      <c r="B99" s="13" t="s">
         <v>81</v>
       </c>
-      <c r="C99" s="10"/>
+      <c r="C99" s="9"/>
     </row>
     <row r="100" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A100" s="13" t="s">
+      <c r="A100" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="B100" s="14" t="s">
+      <c r="B100" s="13" t="s">
         <v>63</v>
       </c>
-      <c r="C100" s="10"/>
+      <c r="C100" s="9"/>
     </row>
     <row r="101" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A101" s="37" t="s">
+      <c r="A101" s="33" t="s">
         <v>9</v>
       </c>
-      <c r="B101" s="16" t="s">
+      <c r="B101" s="15" t="s">
         <v>539</v>
       </c>
-      <c r="C101" s="9" t="s">
+      <c r="C101" s="8" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="102" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A102" s="37"/>
-      <c r="B102" s="16" t="s">
+      <c r="A102" s="33"/>
+      <c r="B102" s="15" t="s">
         <v>540</v>
       </c>
-      <c r="C102" s="9" t="s">
+      <c r="C102" s="8" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="103" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A103" s="13" t="s">
+      <c r="A103" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="B103" s="14" t="s">
+      <c r="B103" s="13" t="s">
         <v>80</v>
       </c>
-      <c r="C103" s="10"/>
+      <c r="C103" s="9"/>
     </row>
     <row r="104" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A104" s="38" t="s">
+      <c r="A104" s="34" t="s">
         <v>11</v>
       </c>
-      <c r="B104" s="16" t="s">
+      <c r="B104" s="15" t="s">
         <v>539</v>
       </c>
-      <c r="C104" s="9" t="s">
+      <c r="C104" s="8" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="105" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A105" s="38"/>
-      <c r="B105" s="16" t="s">
+      <c r="A105" s="34"/>
+      <c r="B105" s="15" t="s">
         <v>540</v>
       </c>
-      <c r="C105" s="9" t="s">
+      <c r="C105" s="8" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="106" spans="1:3" ht="34" x14ac:dyDescent="0.2">
-      <c r="A106" s="12" t="s">
+      <c r="A106" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="B106" s="14" t="s">
+      <c r="B106" s="13" t="s">
         <v>68</v>
       </c>
-      <c r="C106" s="10"/>
+      <c r="C106" s="9"/>
     </row>
     <row r="107" spans="1:3" ht="34" x14ac:dyDescent="0.2">
-      <c r="A107" s="12" t="s">
+      <c r="A107" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="B107" s="14" t="s">
+      <c r="B107" s="13" t="s">
         <v>69</v>
       </c>
-      <c r="C107" s="10"/>
+      <c r="C107" s="9"/>
     </row>
     <row r="108" spans="1:3" ht="51" x14ac:dyDescent="0.2">
-      <c r="A108" s="12" t="s">
+      <c r="A108" s="11" t="s">
         <v>14</v>
       </c>
-      <c r="B108" s="14" t="s">
+      <c r="B108" s="13" t="s">
         <v>70</v>
       </c>
-      <c r="C108" s="10"/>
+      <c r="C108" s="9"/>
     </row>
     <row r="109" spans="1:3" ht="34" x14ac:dyDescent="0.2">
-      <c r="A109" s="12" t="s">
+      <c r="A109" s="11" t="s">
         <v>15</v>
       </c>
-      <c r="B109" s="14" t="s">
+      <c r="B109" s="13" t="s">
         <v>71</v>
       </c>
-      <c r="C109" s="10"/>
+      <c r="C109" s="9"/>
     </row>
     <row r="110" spans="1:3" ht="34" x14ac:dyDescent="0.2">
-      <c r="A110" s="12" t="s">
+      <c r="A110" s="11" t="s">
         <v>16</v>
       </c>
-      <c r="B110" s="14" t="s">
+      <c r="B110" s="13" t="s">
         <v>72</v>
       </c>
-      <c r="C110" s="10"/>
+      <c r="C110" s="9"/>
     </row>
     <row r="111" spans="1:3" ht="34" x14ac:dyDescent="0.2">
-      <c r="A111" s="12" t="s">
+      <c r="A111" s="11" t="s">
         <v>17</v>
       </c>
-      <c r="B111" s="14" t="s">
+      <c r="B111" s="13" t="s">
         <v>73</v>
       </c>
-      <c r="C111" s="10"/>
+      <c r="C111" s="9"/>
     </row>
     <row r="112" spans="1:3" ht="34" x14ac:dyDescent="0.2">
-      <c r="A112" s="12" t="s">
+      <c r="A112" s="11" t="s">
         <v>18</v>
       </c>
-      <c r="B112" s="14" t="s">
+      <c r="B112" s="13" t="s">
         <v>74</v>
       </c>
-      <c r="C112" s="10"/>
+      <c r="C112" s="9"/>
     </row>
     <row r="113" spans="1:3" ht="34" x14ac:dyDescent="0.2">
-      <c r="A113" s="12" t="s">
+      <c r="A113" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="B113" s="14" t="s">
+      <c r="B113" s="13" t="s">
         <v>75</v>
       </c>
-      <c r="C113" s="10"/>
+      <c r="C113" s="9"/>
     </row>
     <row r="114" spans="1:3" ht="34" x14ac:dyDescent="0.2">
-      <c r="A114" s="12" t="s">
+      <c r="A114" s="11" t="s">
         <v>20</v>
       </c>
-      <c r="B114" s="14" t="s">
+      <c r="B114" s="13" t="s">
         <v>76</v>
       </c>
-      <c r="C114" s="10"/>
+      <c r="C114" s="9"/>
     </row>
     <row r="115" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A115" s="12" t="s">
+      <c r="A115" s="11" t="s">
         <v>21</v>
       </c>
-      <c r="B115" s="14" t="s">
+      <c r="B115" s="13" t="s">
         <v>77</v>
       </c>
-      <c r="C115" s="10"/>
+      <c r="C115" s="9"/>
     </row>
     <row r="116" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A116" s="36" t="s">
+      <c r="A116" s="32" t="s">
         <v>538</v>
       </c>
-      <c r="B116" s="14" t="s">
+      <c r="B116" s="13" t="s">
         <v>347</v>
       </c>
-      <c r="C116" s="10" t="s">
+      <c r="C116" s="9" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="117" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A117" s="36"/>
-      <c r="B117" s="14" t="s">
+      <c r="A117" s="32"/>
+      <c r="B117" s="13" t="s">
         <v>255</v>
       </c>
-      <c r="C117" s="10" t="s">
+      <c r="C117" s="9" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="118" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A118" s="36"/>
-      <c r="B118" s="14" t="s">
+      <c r="A118" s="32"/>
+      <c r="B118" s="13" t="s">
         <v>292</v>
       </c>
-      <c r="C118" s="10" t="s">
+      <c r="C118" s="9" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="119" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A119" s="36"/>
-      <c r="B119" s="14" t="s">
+      <c r="A119" s="32"/>
+      <c r="B119" s="13" t="s">
         <v>256</v>
       </c>
-      <c r="C119" s="10" t="s">
+      <c r="C119" s="9" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="120" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A120" s="36"/>
-      <c r="B120" s="14" t="s">
+      <c r="A120" s="32"/>
+      <c r="B120" s="13" t="s">
         <v>100</v>
       </c>
-      <c r="C120" s="10" t="s">
+      <c r="C120" s="9" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="121" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A121" s="36"/>
-      <c r="B121" s="14" t="s">
+      <c r="A121" s="32"/>
+      <c r="B121" s="13" t="s">
         <v>342</v>
       </c>
-      <c r="C121" s="10" t="s">
+      <c r="C121" s="9" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="122" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A122" s="36"/>
-      <c r="B122" s="14" t="s">
+      <c r="A122" s="32"/>
+      <c r="B122" s="13" t="s">
         <v>305</v>
       </c>
-      <c r="C122" s="10" t="s">
+      <c r="C122" s="9" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="123" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A123" s="36"/>
-      <c r="B123" s="14" t="s">
+      <c r="A123" s="32"/>
+      <c r="B123" s="13" t="s">
         <v>344</v>
       </c>
-      <c r="C123" s="10" t="s">
+      <c r="C123" s="9" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="124" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A124" s="36"/>
-      <c r="B124" s="14" t="s">
+      <c r="A124" s="32"/>
+      <c r="B124" s="13" t="s">
         <v>293</v>
       </c>
-      <c r="C124" s="10" t="s">
+      <c r="C124" s="9" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="125" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A125" s="36"/>
-      <c r="B125" s="14" t="s">
+      <c r="A125" s="32"/>
+      <c r="B125" s="13" t="s">
         <v>269</v>
       </c>
-      <c r="C125" s="10" t="s">
+      <c r="C125" s="9" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="126" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A126" s="36"/>
-      <c r="B126" s="14" t="s">
+      <c r="A126" s="32"/>
+      <c r="B126" s="13" t="s">
         <v>263</v>
       </c>
-      <c r="C126" s="10" t="s">
+      <c r="C126" s="9" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="127" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A127" s="36"/>
-      <c r="B127" s="14" t="s">
+      <c r="A127" s="32"/>
+      <c r="B127" s="13" t="s">
         <v>275</v>
       </c>
-      <c r="C127" s="10" t="s">
+      <c r="C127" s="9" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="128" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A128" s="36"/>
-      <c r="B128" s="14" t="s">
+      <c r="A128" s="32"/>
+      <c r="B128" s="13" t="s">
         <v>346</v>
       </c>
-      <c r="C128" s="10" t="s">
+      <c r="C128" s="9" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="129" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A129" s="36"/>
-      <c r="B129" s="14" t="s">
+      <c r="A129" s="32"/>
+      <c r="B129" s="13" t="s">
         <v>291</v>
       </c>
-      <c r="C129" s="10" t="s">
+      <c r="C129" s="9" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="130" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A130" s="36"/>
-      <c r="B130" s="14" t="s">
+      <c r="A130" s="32"/>
+      <c r="B130" s="13" t="s">
         <v>300</v>
       </c>
-      <c r="C130" s="10" t="s">
+      <c r="C130" s="9" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="131" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A131" s="36"/>
-      <c r="B131" s="14" t="s">
+      <c r="A131" s="32"/>
+      <c r="B131" s="13" t="s">
         <v>240</v>
       </c>
-      <c r="C131" s="10" t="s">
+      <c r="C131" s="9" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="132" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A132" s="36"/>
-      <c r="B132" s="14" t="s">
+      <c r="A132" s="32"/>
+      <c r="B132" s="13" t="s">
         <v>312</v>
       </c>
-      <c r="C132" s="10" t="s">
+      <c r="C132" s="9" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="133" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A133" s="36"/>
-      <c r="B133" s="14" t="s">
+      <c r="A133" s="32"/>
+      <c r="B133" s="13" t="s">
         <v>229</v>
       </c>
-      <c r="C133" s="10" t="s">
+      <c r="C133" s="9" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="134" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A134" s="36"/>
-      <c r="B134" s="14" t="s">
+      <c r="A134" s="32"/>
+      <c r="B134" s="13" t="s">
         <v>229</v>
       </c>
-      <c r="C134" s="10" t="s">
+      <c r="C134" s="9" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="135" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A135" s="36"/>
-      <c r="B135" s="14" t="s">
+      <c r="A135" s="32"/>
+      <c r="B135" s="13" t="s">
         <v>194</v>
       </c>
-      <c r="C135" s="10" t="s">
+      <c r="C135" s="9" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="136" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A136" s="36"/>
-      <c r="B136" s="14" t="s">
+      <c r="A136" s="32"/>
+      <c r="B136" s="13" t="s">
         <v>308</v>
       </c>
-      <c r="C136" s="10" t="s">
+      <c r="C136" s="9" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="137" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A137" s="36"/>
-      <c r="B137" s="14" t="s">
+      <c r="A137" s="32"/>
+      <c r="B137" s="13" t="s">
         <v>259</v>
       </c>
-      <c r="C137" s="10" t="s">
+      <c r="C137" s="9" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="138" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A138" s="36"/>
-      <c r="B138" s="14" t="s">
+      <c r="A138" s="32"/>
+      <c r="B138" s="13" t="s">
         <v>224</v>
       </c>
-      <c r="C138" s="10" t="s">
+      <c r="C138" s="9" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="139" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A139" s="36"/>
-      <c r="B139" s="14" t="s">
+      <c r="A139" s="32"/>
+      <c r="B139" s="13" t="s">
         <v>199</v>
       </c>
-      <c r="C139" s="10" t="s">
+      <c r="C139" s="9" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="140" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A140" s="36"/>
-      <c r="B140" s="14" t="s">
+      <c r="A140" s="32"/>
+      <c r="B140" s="13" t="s">
         <v>338</v>
       </c>
-      <c r="C140" s="10" t="s">
+      <c r="C140" s="9" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="141" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A141" s="36"/>
-      <c r="B141" s="14" t="s">
+      <c r="A141" s="32"/>
+      <c r="B141" s="13" t="s">
         <v>218</v>
       </c>
-      <c r="C141" s="10" t="s">
+      <c r="C141" s="9" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="142" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A142" s="36"/>
-      <c r="B142" s="14" t="s">
+      <c r="A142" s="32"/>
+      <c r="B142" s="13" t="s">
         <v>218</v>
       </c>
-      <c r="C142" s="10" t="s">
+      <c r="C142" s="9" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="143" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A143" s="36"/>
-      <c r="B143" s="14" t="s">
+      <c r="A143" s="32"/>
+      <c r="B143" s="13" t="s">
         <v>235</v>
       </c>
-      <c r="C143" s="10" t="s">
+      <c r="C143" s="9" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="144" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A144" s="36"/>
-      <c r="B144" s="14" t="s">
+      <c r="A144" s="32"/>
+      <c r="B144" s="13" t="s">
         <v>223</v>
       </c>
-      <c r="C144" s="10" t="s">
+      <c r="C144" s="9" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="145" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A145" s="36"/>
-      <c r="B145" s="14" t="s">
+      <c r="A145" s="32"/>
+      <c r="B145" s="13" t="s">
         <v>320</v>
       </c>
-      <c r="C145" s="10" t="s">
+      <c r="C145" s="9" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="146" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A146" s="36"/>
-      <c r="B146" s="14" t="s">
+      <c r="A146" s="32"/>
+      <c r="B146" s="13" t="s">
         <v>198</v>
       </c>
-      <c r="C146" s="10" t="s">
+      <c r="C146" s="9" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="147" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A147" s="36"/>
-      <c r="B147" s="14" t="s">
+      <c r="A147" s="32"/>
+      <c r="B147" s="13" t="s">
         <v>208</v>
       </c>
-      <c r="C147" s="10" t="s">
+      <c r="C147" s="9" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="148" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A148" s="36"/>
-      <c r="B148" s="14" t="s">
+      <c r="A148" s="32"/>
+      <c r="B148" s="13" t="s">
         <v>182</v>
       </c>
-      <c r="C148" s="10" t="s">
+      <c r="C148" s="9" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="149" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A149" s="36"/>
-      <c r="B149" s="14" t="s">
+      <c r="A149" s="32"/>
+      <c r="B149" s="13" t="s">
         <v>261</v>
       </c>
-      <c r="C149" s="10" t="s">
+      <c r="C149" s="9" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="150" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A150" s="36"/>
-      <c r="B150" s="14" t="s">
+      <c r="A150" s="32"/>
+      <c r="B150" s="13" t="s">
         <v>352</v>
       </c>
-      <c r="C150" s="10" t="s">
+      <c r="C150" s="9" t="s">
         <v>528</v>
       </c>
     </row>
     <row r="151" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A151" s="36"/>
-      <c r="B151" s="14" t="s">
+      <c r="A151" s="32"/>
+      <c r="B151" s="13" t="s">
         <v>353</v>
       </c>
-      <c r="C151" s="10" t="s">
+      <c r="C151" s="9" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="152" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A152" s="36"/>
-      <c r="B152" s="14" t="s">
+      <c r="A152" s="32"/>
+      <c r="B152" s="13" t="s">
         <v>299</v>
       </c>
-      <c r="C152" s="10" t="s">
+      <c r="C152" s="9" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="153" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A153" s="36"/>
-      <c r="B153" s="14" t="s">
+      <c r="A153" s="32"/>
+      <c r="B153" s="13" t="s">
         <v>357</v>
       </c>
-      <c r="C153" s="10" t="s">
+      <c r="C153" s="9" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="154" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A154" s="36"/>
-      <c r="B154" s="14" t="s">
+      <c r="A154" s="32"/>
+      <c r="B154" s="13" t="s">
         <v>358</v>
       </c>
-      <c r="C154" s="10" t="s">
+      <c r="C154" s="9" t="s">
         <v>534</v>
       </c>
     </row>
     <row r="155" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A155" s="36"/>
-      <c r="B155" s="14" t="s">
+      <c r="A155" s="32"/>
+      <c r="B155" s="13" t="s">
         <v>359</v>
       </c>
-      <c r="C155" s="10" t="s">
+      <c r="C155" s="9" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="156" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A156" s="36"/>
-      <c r="B156" s="14" t="s">
+      <c r="A156" s="32"/>
+      <c r="B156" s="13" t="s">
         <v>361</v>
       </c>
-      <c r="C156" s="10" t="s">
+      <c r="C156" s="9" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="157" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A157" s="36"/>
-      <c r="B157" s="14" t="s">
+      <c r="A157" s="32"/>
+      <c r="B157" s="13" t="s">
         <v>306</v>
       </c>
-      <c r="C157" s="10" t="s">
+      <c r="C157" s="9" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="158" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A158" s="36"/>
-      <c r="B158" s="14" t="s">
+      <c r="A158" s="32"/>
+      <c r="B158" s="13" t="s">
         <v>181</v>
       </c>
-      <c r="C158" s="10" t="s">
+      <c r="C158" s="9" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="159" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A159" s="36"/>
-      <c r="B159" s="14" t="s">
+      <c r="A159" s="32"/>
+      <c r="B159" s="13" t="s">
         <v>243</v>
       </c>
-      <c r="C159" s="10" t="s">
+      <c r="C159" s="9" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="160" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A160" s="36"/>
-      <c r="B160" s="14" t="s">
+      <c r="A160" s="32"/>
+      <c r="B160" s="13" t="s">
         <v>248</v>
       </c>
-      <c r="C160" s="10" t="s">
+      <c r="C160" s="9" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="161" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A161" s="36"/>
-      <c r="B161" s="14" t="s">
+      <c r="A161" s="32"/>
+      <c r="B161" s="13" t="s">
         <v>248</v>
       </c>
-      <c r="C161" s="10" t="s">
+      <c r="C161" s="9" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="162" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A162" s="36"/>
-      <c r="B162" s="14" t="s">
+      <c r="A162" s="32"/>
+      <c r="B162" s="13" t="s">
         <v>249</v>
       </c>
-      <c r="C162" s="10" t="s">
+      <c r="C162" s="9" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="163" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A163" s="36"/>
-      <c r="B163" s="14" t="s">
+      <c r="A163" s="32"/>
+      <c r="B163" s="13" t="s">
         <v>270</v>
       </c>
-      <c r="C163" s="10" t="s">
+      <c r="C163" s="9" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="164" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A164" s="36"/>
-      <c r="B164" s="14" t="s">
+      <c r="A164" s="32"/>
+      <c r="B164" s="13" t="s">
         <v>265</v>
       </c>
-      <c r="C164" s="10" t="s">
+      <c r="C164" s="9" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="165" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A165" s="36"/>
-      <c r="B165" s="14" t="s">
+      <c r="A165" s="32"/>
+      <c r="B165" s="13" t="s">
         <v>212</v>
       </c>
-      <c r="C165" s="10" t="s">
+      <c r="C165" s="9" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="166" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A166" s="36"/>
-      <c r="B166" s="14" t="s">
+      <c r="A166" s="32"/>
+      <c r="B166" s="13" t="s">
         <v>250</v>
       </c>
-      <c r="C166" s="10" t="s">
+      <c r="C166" s="9" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="167" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A167" s="36"/>
-      <c r="B167" s="14" t="s">
+      <c r="A167" s="32"/>
+      <c r="B167" s="13" t="s">
         <v>247</v>
       </c>
-      <c r="C167" s="10" t="s">
+      <c r="C167" s="9" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="168" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A168" s="36"/>
-      <c r="B168" s="14" t="s">
+      <c r="A168" s="32"/>
+      <c r="B168" s="13" t="s">
         <v>252</v>
       </c>
-      <c r="C168" s="10" t="s">
+      <c r="C168" s="9" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="169" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A169" s="36"/>
-      <c r="B169" s="14" t="s">
+      <c r="A169" s="32"/>
+      <c r="B169" s="13" t="s">
         <v>319</v>
       </c>
-      <c r="C169" s="10" t="s">
+      <c r="C169" s="9" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="170" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A170" s="36"/>
-      <c r="B170" s="14" t="s">
+      <c r="A170" s="32"/>
+      <c r="B170" s="13" t="s">
         <v>334</v>
       </c>
-      <c r="C170" s="10" t="s">
+      <c r="C170" s="9" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="171" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A171" s="36"/>
-      <c r="B171" s="14" t="s">
+      <c r="A171" s="32"/>
+      <c r="B171" s="13" t="s">
         <v>297</v>
       </c>
-      <c r="C171" s="10" t="s">
+      <c r="C171" s="9" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="172" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A172" s="36"/>
-      <c r="B172" s="14" t="s">
+      <c r="A172" s="32"/>
+      <c r="B172" s="13" t="s">
         <v>185</v>
       </c>
-      <c r="C172" s="10" t="s">
+      <c r="C172" s="9" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="173" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A173" s="36"/>
-      <c r="B173" s="14" t="s">
+      <c r="A173" s="32"/>
+      <c r="B173" s="13" t="s">
         <v>232</v>
       </c>
-      <c r="C173" s="10" t="s">
+      <c r="C173" s="9" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="174" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A174" s="36"/>
-      <c r="B174" s="14" t="s">
+      <c r="A174" s="32"/>
+      <c r="B174" s="13" t="s">
         <v>282</v>
       </c>
-      <c r="C174" s="10" t="s">
+      <c r="C174" s="9" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="175" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A175" s="36"/>
-      <c r="B175" s="14" t="s">
+      <c r="A175" s="32"/>
+      <c r="B175" s="13" t="s">
         <v>257</v>
       </c>
-      <c r="C175" s="10" t="s">
+      <c r="C175" s="9" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="176" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A176" s="36"/>
-      <c r="B176" s="14" t="s">
+      <c r="A176" s="32"/>
+      <c r="B176" s="13" t="s">
         <v>225</v>
       </c>
-      <c r="C176" s="10" t="s">
+      <c r="C176" s="9" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="177" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A177" s="36"/>
-      <c r="B177" s="14" t="s">
+      <c r="A177" s="32"/>
+      <c r="B177" s="13" t="s">
         <v>211</v>
       </c>
-      <c r="C177" s="10" t="s">
+      <c r="C177" s="9" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="178" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A178" s="36"/>
-      <c r="B178" s="14" t="s">
+      <c r="A178" s="32"/>
+      <c r="B178" s="13" t="s">
         <v>234</v>
       </c>
-      <c r="C178" s="10" t="s">
+      <c r="C178" s="9" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="179" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A179" s="36"/>
-      <c r="B179" s="14" t="s">
+      <c r="A179" s="32"/>
+      <c r="B179" s="13" t="s">
         <v>245</v>
       </c>
-      <c r="C179" s="10" t="s">
+      <c r="C179" s="9" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="180" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A180" s="36"/>
-      <c r="B180" s="14" t="s">
+      <c r="A180" s="32"/>
+      <c r="B180" s="13" t="s">
         <v>253</v>
       </c>
-      <c r="C180" s="10" t="s">
+      <c r="C180" s="9" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="181" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A181" s="36"/>
-      <c r="B181" s="14" t="s">
+      <c r="A181" s="32"/>
+      <c r="B181" s="13" t="s">
         <v>302</v>
       </c>
-      <c r="C181" s="10" t="s">
+      <c r="C181" s="9" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="182" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A182" s="36"/>
-      <c r="B182" s="14" t="s">
+      <c r="A182" s="32"/>
+      <c r="B182" s="13" t="s">
         <v>324</v>
       </c>
-      <c r="C182" s="10" t="s">
+      <c r="C182" s="9" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="183" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A183" s="36"/>
-      <c r="B183" s="14" t="s">
+      <c r="A183" s="32"/>
+      <c r="B183" s="13" t="s">
         <v>356</v>
       </c>
-      <c r="C183" s="10" t="s">
+      <c r="C183" s="9" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="184" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A184" s="36"/>
-      <c r="B184" s="14" t="s">
+      <c r="A184" s="32"/>
+      <c r="B184" s="13" t="s">
         <v>355</v>
       </c>
-      <c r="C184" s="10" t="s">
+      <c r="C184" s="9" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="185" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A185" s="36"/>
-      <c r="B185" s="14" t="s">
+      <c r="A185" s="32"/>
+      <c r="B185" s="13" t="s">
         <v>350</v>
       </c>
-      <c r="C185" s="10" t="s">
+      <c r="C185" s="9" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="186" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A186" s="36"/>
-      <c r="B186" s="14" t="s">
+      <c r="A186" s="32"/>
+      <c r="B186" s="13" t="s">
         <v>210</v>
       </c>
-      <c r="C186" s="10" t="s">
+      <c r="C186" s="9" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="187" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A187" s="36"/>
-      <c r="B187" s="14" t="s">
+      <c r="A187" s="32"/>
+      <c r="B187" s="13" t="s">
         <v>264</v>
       </c>
-      <c r="C187" s="10" t="s">
+      <c r="C187" s="9" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="188" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A188" s="36"/>
-      <c r="B188" s="14" t="s">
+      <c r="A188" s="32"/>
+      <c r="B188" s="13" t="s">
         <v>287</v>
       </c>
-      <c r="C188" s="10" t="s">
+      <c r="C188" s="9" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="189" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A189" s="36"/>
-      <c r="B189" s="14" t="s">
+      <c r="A189" s="32"/>
+      <c r="B189" s="13" t="s">
         <v>189</v>
       </c>
-      <c r="C189" s="10" t="s">
+      <c r="C189" s="9" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="190" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A190" s="36"/>
-      <c r="B190" s="14" t="s">
+      <c r="A190" s="32"/>
+      <c r="B190" s="13" t="s">
         <v>273</v>
       </c>
-      <c r="C190" s="10" t="s">
+      <c r="C190" s="9" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="191" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A191" s="36"/>
-      <c r="B191" s="14" t="s">
+      <c r="A191" s="32"/>
+      <c r="B191" s="13" t="s">
         <v>360</v>
       </c>
-      <c r="C191" s="10" t="s">
+      <c r="C191" s="9" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="192" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A192" s="36"/>
-      <c r="B192" s="14" t="s">
+      <c r="A192" s="32"/>
+      <c r="B192" s="13" t="s">
         <v>354</v>
       </c>
-      <c r="C192" s="10" t="s">
+      <c r="C192" s="9" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="193" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A193" s="36"/>
-      <c r="B193" s="14" t="s">
+      <c r="A193" s="32"/>
+      <c r="B193" s="13" t="s">
         <v>351</v>
       </c>
-      <c r="C193" s="10" t="s">
+      <c r="C193" s="9" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="194" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A194" s="36"/>
-      <c r="B194" s="14" t="s">
+      <c r="A194" s="32"/>
+      <c r="B194" s="13" t="s">
         <v>228</v>
       </c>
-      <c r="C194" s="10" t="s">
+      <c r="C194" s="9" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="195" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A195" s="36"/>
-      <c r="B195" s="14" t="s">
+      <c r="A195" s="32"/>
+      <c r="B195" s="13" t="s">
         <v>266</v>
       </c>
-      <c r="C195" s="10" t="s">
+      <c r="C195" s="9" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="196" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A196" s="36"/>
-      <c r="B196" s="14" t="s">
+      <c r="A196" s="32"/>
+      <c r="B196" s="13" t="s">
         <v>267</v>
       </c>
-      <c r="C196" s="10" t="s">
+      <c r="C196" s="9" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="197" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A197" s="36"/>
-      <c r="B197" s="14" t="s">
+      <c r="A197" s="32"/>
+      <c r="B197" s="13" t="s">
         <v>226</v>
       </c>
-      <c r="C197" s="10" t="s">
+      <c r="C197" s="9" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="198" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A198" s="36"/>
-      <c r="B198" s="14" t="s">
+      <c r="A198" s="32"/>
+      <c r="B198" s="13" t="s">
         <v>242</v>
       </c>
-      <c r="C198" s="10" t="s">
+      <c r="C198" s="9" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="199" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A199" s="36"/>
-      <c r="B199" s="14" t="s">
+      <c r="A199" s="32"/>
+      <c r="B199" s="13" t="s">
         <v>262</v>
       </c>
-      <c r="C199" s="10" t="s">
+      <c r="C199" s="9" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="200" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A200" s="36"/>
-      <c r="B200" s="14" t="s">
+      <c r="A200" s="32"/>
+      <c r="B200" s="13" t="s">
         <v>329</v>
       </c>
-      <c r="C200" s="10" t="s">
+      <c r="C200" s="9" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="201" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A201" s="36"/>
-      <c r="B201" s="14" t="s">
+      <c r="A201" s="32"/>
+      <c r="B201" s="13" t="s">
         <v>317</v>
       </c>
-      <c r="C201" s="10" t="s">
+      <c r="C201" s="9" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="202" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A202" s="36"/>
-      <c r="B202" s="14" t="s">
+      <c r="A202" s="32"/>
+      <c r="B202" s="13" t="s">
         <v>283</v>
       </c>
-      <c r="C202" s="10" t="s">
+      <c r="C202" s="9" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="203" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A203" s="36"/>
-      <c r="B203" s="14" t="s">
+      <c r="A203" s="32"/>
+      <c r="B203" s="13" t="s">
         <v>204</v>
       </c>
-      <c r="C203" s="10" t="s">
+      <c r="C203" s="9" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="204" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A204" s="36"/>
-      <c r="B204" s="14" t="s">
+      <c r="A204" s="32"/>
+      <c r="B204" s="13" t="s">
         <v>202</v>
       </c>
-      <c r="C204" s="10" t="s">
+      <c r="C204" s="9" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="205" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A205" s="36"/>
-      <c r="B205" s="14" t="s">
+      <c r="A205" s="32"/>
+      <c r="B205" s="13" t="s">
         <v>237</v>
       </c>
-      <c r="C205" s="10" t="s">
+      <c r="C205" s="9" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="206" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A206" s="36"/>
-      <c r="B206" s="14" t="s">
+      <c r="A206" s="32"/>
+      <c r="B206" s="13" t="s">
         <v>203</v>
       </c>
-      <c r="C206" s="10" t="s">
+      <c r="C206" s="9" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="207" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A207" s="36"/>
-      <c r="B207" s="14" t="s">
+      <c r="A207" s="32"/>
+      <c r="B207" s="13" t="s">
         <v>192</v>
       </c>
-      <c r="C207" s="10" t="s">
+      <c r="C207" s="9" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="208" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A208" s="36"/>
-      <c r="B208" s="14" t="s">
+      <c r="A208" s="32"/>
+      <c r="B208" s="13" t="s">
         <v>289</v>
       </c>
-      <c r="C208" s="10" t="s">
+      <c r="C208" s="9" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="209" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A209" s="36"/>
-      <c r="B209" s="14" t="s">
+      <c r="A209" s="32"/>
+      <c r="B209" s="13" t="s">
         <v>326</v>
       </c>
-      <c r="C209" s="10" t="s">
+      <c r="C209" s="9" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="210" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A210" s="36"/>
-      <c r="B210" s="14" t="s">
+      <c r="A210" s="32"/>
+      <c r="B210" s="13" t="s">
         <v>333</v>
       </c>
-      <c r="C210" s="10" t="s">
+      <c r="C210" s="9" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="211" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A211" s="36"/>
-      <c r="B211" s="14" t="s">
+      <c r="A211" s="32"/>
+      <c r="B211" s="13" t="s">
         <v>298</v>
       </c>
-      <c r="C211" s="10" t="s">
+      <c r="C211" s="9" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="212" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A212" s="36"/>
-      <c r="B212" s="14" t="s">
+      <c r="A212" s="32"/>
+      <c r="B212" s="13" t="s">
         <v>322</v>
       </c>
-      <c r="C212" s="10" t="s">
+      <c r="C212" s="9" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="213" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A213" s="36"/>
-      <c r="B213" s="14" t="s">
+      <c r="A213" s="32"/>
+      <c r="B213" s="13" t="s">
         <v>193</v>
       </c>
-      <c r="C213" s="10" t="s">
+      <c r="C213" s="9" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="214" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A214" s="36"/>
-      <c r="B214" s="14" t="s">
+      <c r="A214" s="32"/>
+      <c r="B214" s="13" t="s">
         <v>239</v>
       </c>
-      <c r="C214" s="10" t="s">
+      <c r="C214" s="9" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="215" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A215" s="36"/>
-      <c r="B215" s="14" t="s">
+      <c r="A215" s="32"/>
+      <c r="B215" s="13" t="s">
         <v>323</v>
       </c>
-      <c r="C215" s="10" t="s">
+      <c r="C215" s="9" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="216" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A216" s="36"/>
-      <c r="B216" s="14" t="s">
+      <c r="A216" s="32"/>
+      <c r="B216" s="13" t="s">
         <v>343</v>
       </c>
-      <c r="C216" s="10" t="s">
+      <c r="C216" s="9" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="217" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A217" s="36"/>
-      <c r="B217" s="14" t="s">
+      <c r="A217" s="32"/>
+      <c r="B217" s="13" t="s">
         <v>332</v>
       </c>
-      <c r="C217" s="10" t="s">
+      <c r="C217" s="9" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="218" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A218" s="36"/>
-      <c r="B218" s="14" t="s">
+      <c r="A218" s="32"/>
+      <c r="B218" s="13" t="s">
         <v>216</v>
       </c>
-      <c r="C218" s="10" t="s">
+      <c r="C218" s="9" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="219" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A219" s="36"/>
-      <c r="B219" s="14" t="s">
+      <c r="A219" s="32"/>
+      <c r="B219" s="13" t="s">
         <v>271</v>
       </c>
-      <c r="C219" s="10" t="s">
+      <c r="C219" s="9" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="220" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A220" s="36"/>
-      <c r="B220" s="14" t="s">
+      <c r="A220" s="32"/>
+      <c r="B220" s="13" t="s">
         <v>278</v>
       </c>
-      <c r="C220" s="10" t="s">
+      <c r="C220" s="9" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="221" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A221" s="36"/>
-      <c r="B221" s="14" t="s">
+      <c r="A221" s="32"/>
+      <c r="B221" s="13" t="s">
         <v>345</v>
       </c>
-      <c r="C221" s="10" t="s">
+      <c r="C221" s="9" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="222" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A222" s="36"/>
-      <c r="B222" s="14" t="s">
+      <c r="A222" s="32"/>
+      <c r="B222" s="13" t="s">
         <v>337</v>
       </c>
-      <c r="C222" s="10" t="s">
+      <c r="C222" s="9" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="223" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A223" s="36"/>
-      <c r="B223" s="14" t="s">
+      <c r="A223" s="32"/>
+      <c r="B223" s="13" t="s">
         <v>307</v>
       </c>
-      <c r="C223" s="10" t="s">
+      <c r="C223" s="9" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="224" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A224" s="36"/>
-      <c r="B224" s="14" t="s">
+      <c r="A224" s="32"/>
+      <c r="B224" s="13" t="s">
         <v>325</v>
       </c>
-      <c r="C224" s="10" t="s">
+      <c r="C224" s="9" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="225" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A225" s="36"/>
-      <c r="B225" s="14" t="s">
+      <c r="A225" s="32"/>
+      <c r="B225" s="13" t="s">
         <v>215</v>
       </c>
-      <c r="C225" s="10" t="s">
+      <c r="C225" s="9" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="226" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A226" s="36"/>
-      <c r="B226" s="14" t="s">
+      <c r="A226" s="32"/>
+      <c r="B226" s="13" t="s">
         <v>241</v>
       </c>
-      <c r="C226" s="10" t="s">
+      <c r="C226" s="9" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="227" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A227" s="36"/>
-      <c r="B227" s="14" t="s">
+      <c r="A227" s="32"/>
+      <c r="B227" s="13" t="s">
         <v>276</v>
       </c>
-      <c r="C227" s="10" t="s">
+      <c r="C227" s="9" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="228" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A228" s="36"/>
-      <c r="B228" s="14" t="s">
+      <c r="A228" s="32"/>
+      <c r="B228" s="13" t="s">
         <v>328</v>
       </c>
-      <c r="C228" s="10" t="s">
+      <c r="C228" s="9" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="229" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A229" s="36"/>
-      <c r="B229" s="14" t="s">
+      <c r="A229" s="32"/>
+      <c r="B229" s="13" t="s">
         <v>268</v>
       </c>
-      <c r="C229" s="10" t="s">
+      <c r="C229" s="9" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="230" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A230" s="36"/>
-      <c r="B230" s="14" t="s">
+      <c r="A230" s="32"/>
+      <c r="B230" s="13" t="s">
         <v>200</v>
       </c>
-      <c r="C230" s="10" t="s">
+      <c r="C230" s="9" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="231" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A231" s="36"/>
-      <c r="B231" s="14" t="s">
+      <c r="A231" s="32"/>
+      <c r="B231" s="13" t="s">
         <v>187</v>
       </c>
-      <c r="C231" s="10" t="s">
+      <c r="C231" s="9" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="232" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A232" s="36"/>
-      <c r="B232" s="14" t="s">
+      <c r="A232" s="32"/>
+      <c r="B232" s="13" t="s">
         <v>330</v>
       </c>
-      <c r="C232" s="10" t="s">
+      <c r="C232" s="9" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="233" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A233" s="36"/>
-      <c r="B233" s="14" t="s">
+      <c r="A233" s="32"/>
+      <c r="B233" s="13" t="s">
         <v>341</v>
       </c>
-      <c r="C233" s="10" t="s">
+      <c r="C233" s="9" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="234" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A234" s="36"/>
-      <c r="B234" s="14" t="s">
+      <c r="A234" s="32"/>
+      <c r="B234" s="13" t="s">
         <v>321</v>
       </c>
-      <c r="C234" s="10" t="s">
+      <c r="C234" s="9" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="235" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A235" s="36"/>
-      <c r="B235" s="14" t="s">
+      <c r="A235" s="32"/>
+      <c r="B235" s="13" t="s">
         <v>213</v>
       </c>
-      <c r="C235" s="10" t="s">
+      <c r="C235" s="9" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="236" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A236" s="36"/>
-      <c r="B236" s="14" t="s">
+      <c r="A236" s="32"/>
+      <c r="B236" s="13" t="s">
         <v>301</v>
       </c>
-      <c r="C236" s="10" t="s">
+      <c r="C236" s="9" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="237" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A237" s="36"/>
-      <c r="B237" s="14" t="s">
+      <c r="A237" s="32"/>
+      <c r="B237" s="13" t="s">
         <v>315</v>
       </c>
-      <c r="C237" s="10" t="s">
+      <c r="C237" s="9" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="238" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A238" s="36"/>
-      <c r="B238" s="14" t="s">
+      <c r="A238" s="32"/>
+      <c r="B238" s="13" t="s">
         <v>272</v>
       </c>
-      <c r="C238" s="10" t="s">
+      <c r="C238" s="9" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="239" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A239" s="36"/>
-      <c r="B239" s="14" t="s">
+      <c r="A239" s="32"/>
+      <c r="B239" s="13" t="s">
         <v>205</v>
       </c>
-      <c r="C239" s="10" t="s">
+      <c r="C239" s="9" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="240" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A240" s="36"/>
-      <c r="B240" s="14" t="s">
+      <c r="A240" s="32"/>
+      <c r="B240" s="13" t="s">
         <v>258</v>
       </c>
-      <c r="C240" s="15" t="s">
+      <c r="C240" s="14" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="241" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A241" s="36"/>
-      <c r="B241" s="14" t="s">
+      <c r="A241" s="32"/>
+      <c r="B241" s="13" t="s">
         <v>254</v>
       </c>
-      <c r="C241" s="10" t="s">
+      <c r="C241" s="9" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="242" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A242" s="36"/>
-      <c r="B242" s="14" t="s">
+      <c r="A242" s="32"/>
+      <c r="B242" s="13" t="s">
         <v>280</v>
       </c>
-      <c r="C242" s="10" t="s">
+      <c r="C242" s="9" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="243" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A243" s="36"/>
-      <c r="B243" s="14" t="s">
+      <c r="A243" s="32"/>
+      <c r="B243" s="13" t="s">
         <v>335</v>
       </c>
-      <c r="C243" s="10" t="s">
+      <c r="C243" s="9" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="244" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A244" s="36"/>
-      <c r="B244" s="14" t="s">
+      <c r="A244" s="32"/>
+      <c r="B244" s="13" t="s">
         <v>231</v>
       </c>
-      <c r="C244" s="10" t="s">
+      <c r="C244" s="9" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="245" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A245" s="36"/>
-      <c r="B245" s="14" t="s">
+      <c r="A245" s="32"/>
+      <c r="B245" s="13" t="s">
         <v>340</v>
       </c>
-      <c r="C245" s="10" t="s">
+      <c r="C245" s="9" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="246" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A246" s="36"/>
-      <c r="B246" s="14" t="s">
+      <c r="A246" s="32"/>
+      <c r="B246" s="13" t="s">
         <v>339</v>
       </c>
-      <c r="C246" s="10" t="s">
+      <c r="C246" s="9" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="247" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A247" s="36"/>
-      <c r="B247" s="14" t="s">
+      <c r="A247" s="32"/>
+      <c r="B247" s="13" t="s">
         <v>290</v>
       </c>
-      <c r="C247" s="10" t="s">
+      <c r="C247" s="9" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="248" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A248" s="36"/>
-      <c r="B248" s="14" t="s">
+      <c r="A248" s="32"/>
+      <c r="B248" s="13" t="s">
         <v>331</v>
       </c>
-      <c r="C248" s="10" t="s">
+      <c r="C248" s="9" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="249" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A249" s="36"/>
-      <c r="B249" s="14" t="s">
+      <c r="A249" s="32"/>
+      <c r="B249" s="13" t="s">
         <v>295</v>
       </c>
-      <c r="C249" s="10" t="s">
+      <c r="C249" s="9" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="250" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A250" s="36"/>
-      <c r="B250" s="14" t="s">
+      <c r="A250" s="32"/>
+      <c r="B250" s="13" t="s">
         <v>296</v>
       </c>
-      <c r="C250" s="10" t="s">
+      <c r="C250" s="9" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="251" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A251" s="36"/>
-      <c r="B251" s="14" t="s">
+      <c r="A251" s="32"/>
+      <c r="B251" s="13" t="s">
         <v>188</v>
       </c>
-      <c r="C251" s="10" t="s">
+      <c r="C251" s="9" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="252" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A252" s="36"/>
-      <c r="B252" s="14" t="s">
+      <c r="A252" s="32"/>
+      <c r="B252" s="13" t="s">
         <v>219</v>
       </c>
-      <c r="C252" s="10" t="s">
+      <c r="C252" s="9" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="253" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A253" s="36"/>
-      <c r="B253" s="14" t="s">
+      <c r="A253" s="32"/>
+      <c r="B253" s="13" t="s">
         <v>206</v>
       </c>
-      <c r="C253" s="10" t="s">
+      <c r="C253" s="9" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="254" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A254" s="36"/>
-      <c r="B254" s="14" t="s">
+      <c r="A254" s="32"/>
+      <c r="B254" s="13" t="s">
         <v>246</v>
       </c>
-      <c r="C254" s="10" t="s">
+      <c r="C254" s="9" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="255" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A255" s="36"/>
-      <c r="B255" s="14" t="s">
+      <c r="A255" s="32"/>
+      <c r="B255" s="13" t="s">
         <v>221</v>
       </c>
-      <c r="C255" s="10" t="s">
+      <c r="C255" s="9" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="256" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A256" s="36"/>
-      <c r="B256" s="14" t="s">
+      <c r="A256" s="32"/>
+      <c r="B256" s="13" t="s">
         <v>277</v>
       </c>
-      <c r="C256" s="10" t="s">
+      <c r="C256" s="9" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="257" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A257" s="36"/>
-      <c r="B257" s="14" t="s">
+      <c r="A257" s="32"/>
+      <c r="B257" s="13" t="s">
         <v>244</v>
       </c>
-      <c r="C257" s="10" t="s">
+      <c r="C257" s="9" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="258" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A258" s="36"/>
-      <c r="B258" s="14" t="s">
+      <c r="A258" s="32"/>
+      <c r="B258" s="13" t="s">
         <v>285</v>
       </c>
-      <c r="C258" s="10" t="s">
+      <c r="C258" s="9" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="259" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A259" s="36"/>
-      <c r="B259" s="14" t="s">
+      <c r="A259" s="32"/>
+      <c r="B259" s="13" t="s">
         <v>238</v>
       </c>
-      <c r="C259" s="10" t="s">
+      <c r="C259" s="9" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="260" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A260" s="36"/>
-      <c r="B260" s="14" t="s">
+      <c r="A260" s="32"/>
+      <c r="B260" s="13" t="s">
         <v>274</v>
       </c>
-      <c r="C260" s="10" t="s">
+      <c r="C260" s="9" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="261" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A261" s="36"/>
-      <c r="B261" s="14" t="s">
+      <c r="A261" s="32"/>
+      <c r="B261" s="13" t="s">
         <v>236</v>
       </c>
-      <c r="C261" s="10" t="s">
+      <c r="C261" s="9" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="262" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A262" s="36"/>
-      <c r="B262" s="14" t="s">
+      <c r="A262" s="32"/>
+      <c r="B262" s="13" t="s">
         <v>214</v>
       </c>
-      <c r="C262" s="10" t="s">
+      <c r="C262" s="9" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="263" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A263" s="36"/>
-      <c r="B263" s="14" t="s">
+      <c r="A263" s="32"/>
+      <c r="B263" s="13" t="s">
         <v>327</v>
       </c>
-      <c r="C263" s="10" t="s">
+      <c r="C263" s="9" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="264" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A264" s="36"/>
-      <c r="B264" s="14" t="s">
+      <c r="A264" s="32"/>
+      <c r="B264" s="13" t="s">
         <v>304</v>
       </c>
-      <c r="C264" s="10" t="s">
+      <c r="C264" s="9" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="265" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A265" s="36"/>
-      <c r="B265" s="14" t="s">
+      <c r="A265" s="32"/>
+      <c r="B265" s="13" t="s">
         <v>294</v>
       </c>
-      <c r="C265" s="10" t="s">
+      <c r="C265" s="9" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="266" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A266" s="36"/>
-      <c r="B266" s="14" t="s">
+      <c r="A266" s="32"/>
+      <c r="B266" s="13" t="s">
         <v>313</v>
       </c>
-      <c r="C266" s="10" t="s">
+      <c r="C266" s="9" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="267" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A267" s="36"/>
-      <c r="B267" s="14" t="s">
+      <c r="A267" s="32"/>
+      <c r="B267" s="13" t="s">
         <v>197</v>
       </c>
-      <c r="C267" s="10" t="s">
+      <c r="C267" s="9" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="268" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A268" s="36"/>
-      <c r="B268" s="14" t="s">
+      <c r="A268" s="32"/>
+      <c r="B268" s="13" t="s">
         <v>197</v>
       </c>
-      <c r="C268" s="10" t="s">
+      <c r="C268" s="9" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="269" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A269" s="36"/>
-      <c r="B269" s="14" t="s">
+      <c r="A269" s="32"/>
+      <c r="B269" s="13" t="s">
         <v>303</v>
       </c>
-      <c r="C269" s="10"/>
+      <c r="C269" s="9"/>
     </row>
     <row r="270" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A270" s="36"/>
-      <c r="B270" s="14" t="s">
+      <c r="A270" s="32"/>
+      <c r="B270" s="13" t="s">
         <v>260</v>
       </c>
-      <c r="C270" s="10" t="s">
+      <c r="C270" s="9" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="271" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A271" s="36"/>
-      <c r="B271" s="14" t="s">
+      <c r="A271" s="32"/>
+      <c r="B271" s="13" t="s">
         <v>260</v>
       </c>
-      <c r="C271" s="10" t="s">
+      <c r="C271" s="9" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="272" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A272" s="36"/>
-      <c r="B272" s="14" t="s">
+      <c r="A272" s="32"/>
+      <c r="B272" s="13" t="s">
         <v>183</v>
       </c>
-      <c r="C272" s="10" t="s">
+      <c r="C272" s="9" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="273" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A273" s="36"/>
-      <c r="B273" s="14" t="s">
+      <c r="A273" s="32"/>
+      <c r="B273" s="13" t="s">
         <v>318</v>
       </c>
-      <c r="C273" s="10" t="s">
+      <c r="C273" s="9" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="274" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A274" s="36"/>
-      <c r="B274" s="14" t="s">
+      <c r="A274" s="32"/>
+      <c r="B274" s="13" t="s">
         <v>184</v>
       </c>
-      <c r="C274" s="10" t="s">
+      <c r="C274" s="9" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="275" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A275" s="36"/>
-      <c r="B275" s="14" t="s">
+      <c r="A275" s="32"/>
+      <c r="B275" s="13" t="s">
         <v>222</v>
       </c>
-      <c r="C275" s="10" t="s">
+      <c r="C275" s="9" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="276" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A276" s="36"/>
-      <c r="B276" s="14" t="s">
+      <c r="A276" s="32"/>
+      <c r="B276" s="13" t="s">
         <v>209</v>
       </c>
-      <c r="C276" s="10" t="s">
+      <c r="C276" s="9" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="277" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A277" s="36"/>
-      <c r="B277" s="14" t="s">
+      <c r="A277" s="32"/>
+      <c r="B277" s="13" t="s">
         <v>309</v>
       </c>
-      <c r="C277" s="10" t="s">
+      <c r="C277" s="9" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="278" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A278" s="36"/>
-      <c r="B278" s="14" t="s">
+      <c r="A278" s="32"/>
+      <c r="B278" s="13" t="s">
         <v>220</v>
       </c>
-      <c r="C278" s="10" t="s">
+      <c r="C278" s="9" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="279" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A279" s="36"/>
-      <c r="B279" s="14" t="s">
+      <c r="A279" s="32"/>
+      <c r="B279" s="13" t="s">
         <v>314</v>
       </c>
-      <c r="C279" s="10" t="s">
+      <c r="C279" s="9" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="280" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A280" s="36"/>
-      <c r="B280" s="14" t="s">
+      <c r="A280" s="32"/>
+      <c r="B280" s="13" t="s">
         <v>348</v>
       </c>
-      <c r="C280" s="10" t="s">
+      <c r="C280" s="9" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="281" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A281" s="36"/>
-      <c r="B281" s="14" t="s">
+      <c r="A281" s="32"/>
+      <c r="B281" s="13" t="s">
         <v>233</v>
       </c>
-      <c r="C281" s="10" t="s">
+      <c r="C281" s="9" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="282" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A282" s="36"/>
-      <c r="B282" s="14" t="s">
+      <c r="A282" s="32"/>
+      <c r="B282" s="13" t="s">
         <v>190</v>
       </c>
-      <c r="C282" s="10" t="s">
+      <c r="C282" s="9" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="283" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A283" s="36"/>
-      <c r="B283" s="14" t="s">
+      <c r="A283" s="32"/>
+      <c r="B283" s="13" t="s">
         <v>195</v>
       </c>
-      <c r="C283" s="10" t="s">
+      <c r="C283" s="9" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="284" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A284" s="36"/>
-      <c r="B284" s="14" t="s">
+      <c r="A284" s="32"/>
+      <c r="B284" s="13" t="s">
         <v>196</v>
       </c>
-      <c r="C284" s="10" t="s">
+      <c r="C284" s="9" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="285" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A285" s="36"/>
-      <c r="B285" s="14" t="s">
+      <c r="A285" s="32"/>
+      <c r="B285" s="13" t="s">
         <v>201</v>
       </c>
-      <c r="C285" s="10" t="s">
+      <c r="C285" s="9" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="286" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A286" s="36"/>
-      <c r="B286" s="14" t="s">
+      <c r="A286" s="32"/>
+      <c r="B286" s="13" t="s">
         <v>186</v>
       </c>
-      <c r="C286" s="10" t="s">
+      <c r="C286" s="9" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="287" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A287" s="36"/>
-      <c r="B287" s="14" t="s">
+      <c r="A287" s="32"/>
+      <c r="B287" s="13" t="s">
         <v>288</v>
       </c>
-      <c r="C287" s="10" t="s">
+      <c r="C287" s="9" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="288" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A288" s="36"/>
-      <c r="B288" s="14" t="s">
+      <c r="A288" s="32"/>
+      <c r="B288" s="13" t="s">
         <v>281</v>
       </c>
-      <c r="C288" s="10" t="s">
+      <c r="C288" s="9" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="289" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A289" s="36"/>
-      <c r="B289" s="14" t="s">
+      <c r="A289" s="32"/>
+      <c r="B289" s="13" t="s">
         <v>251</v>
       </c>
-      <c r="C289" s="10" t="s">
+      <c r="C289" s="9" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="290" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A290" s="36"/>
-      <c r="B290" s="14" t="s">
+      <c r="A290" s="32"/>
+      <c r="B290" s="13" t="s">
         <v>286</v>
       </c>
-      <c r="C290" s="10" t="s">
+      <c r="C290" s="9" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="291" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A291" s="36"/>
-      <c r="B291" s="14" t="s">
+      <c r="A291" s="32"/>
+      <c r="B291" s="13" t="s">
         <v>336</v>
       </c>
-      <c r="C291" s="10" t="s">
+      <c r="C291" s="9" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="292" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A292" s="36"/>
-      <c r="B292" s="14" t="s">
+      <c r="A292" s="32"/>
+      <c r="B292" s="13" t="s">
         <v>311</v>
       </c>
-      <c r="C292" s="10" t="s">
+      <c r="C292" s="9" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="293" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A293" s="36"/>
-      <c r="B293" s="14" t="s">
+      <c r="A293" s="32"/>
+      <c r="B293" s="13" t="s">
         <v>279</v>
       </c>
-      <c r="C293" s="10" t="s">
+      <c r="C293" s="9" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="294" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A294" s="36"/>
-      <c r="B294" s="14" t="s">
+      <c r="A294" s="32"/>
+      <c r="B294" s="13" t="s">
         <v>217</v>
       </c>
-      <c r="C294" s="10" t="s">
+      <c r="C294" s="9" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="295" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A295" s="36"/>
-      <c r="B295" s="14" t="s">
+      <c r="A295" s="32"/>
+      <c r="B295" s="13" t="s">
         <v>349</v>
       </c>
-      <c r="C295" s="10" t="s">
+      <c r="C295" s="9" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="296" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A296" s="36"/>
-      <c r="B296" s="14" t="s">
+      <c r="A296" s="32"/>
+      <c r="B296" s="13" t="s">
         <v>207</v>
       </c>
-      <c r="C296" s="10" t="s">
+      <c r="C296" s="9" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="297" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A297" s="36"/>
-      <c r="B297" s="14" t="s">
+      <c r="A297" s="32"/>
+      <c r="B297" s="13" t="s">
         <v>191</v>
       </c>
-      <c r="C297" s="10" t="s">
+      <c r="C297" s="9" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="298" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A298" s="36"/>
-      <c r="B298" s="14" t="s">
+      <c r="A298" s="32"/>
+      <c r="B298" s="13" t="s">
         <v>316</v>
       </c>
-      <c r="C298" s="10" t="s">
+      <c r="C298" s="9" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="299" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A299" s="36"/>
-      <c r="B299" s="14" t="s">
+      <c r="A299" s="32"/>
+      <c r="B299" s="13" t="s">
         <v>227</v>
       </c>
-      <c r="C299" s="10" t="s">
+      <c r="C299" s="9" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="300" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A300" s="36"/>
-      <c r="B300" s="14" t="s">
+      <c r="A300" s="32"/>
+      <c r="B300" s="13" t="s">
         <v>284</v>
       </c>
-      <c r="C300" s="10" t="s">
+      <c r="C300" s="9" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="301" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A301" s="36"/>
-      <c r="B301" s="14" t="s">
+      <c r="A301" s="32"/>
+      <c r="B301" s="13" t="s">
         <v>310</v>
       </c>
-      <c r="C301" s="10" t="s">
+      <c r="C301" s="9" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="302" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A302" s="36"/>
-      <c r="B302" s="14" t="s">
+      <c r="A302" s="32"/>
+      <c r="B302" s="13" t="s">
         <v>230</v>
       </c>
-      <c r="C302" s="10" t="s">
+      <c r="C302" s="9" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="303" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A303" s="31" t="s">
+      <c r="A303" s="27" t="s">
         <v>543</v>
       </c>
-      <c r="B303" s="14" t="s">
+      <c r="B303" s="13" t="s">
         <v>539</v>
       </c>
-      <c r="C303" s="10"/>
+      <c r="C303" s="9"/>
     </row>
     <row r="304" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A304" s="31"/>
-      <c r="B304" s="14" t="s">
+      <c r="A304" s="27"/>
+      <c r="B304" s="13" t="s">
         <v>540</v>
       </c>
-      <c r="C304" s="10"/>
+      <c r="C304" s="9"/>
     </row>
     <row r="305" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A305" s="31" t="s">
+      <c r="A305" s="27" t="s">
         <v>544</v>
       </c>
-      <c r="B305" s="14" t="s">
+      <c r="B305" s="13" t="s">
         <v>539</v>
       </c>
-      <c r="C305" s="3"/>
+      <c r="C305" s="2"/>
     </row>
     <row r="306" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-      <c r="A306" s="31"/>
-      <c r="B306" s="14" t="s">
+      <c r="A306" s="27"/>
+      <c r="B306" s="13" t="s">
         <v>540</v>
       </c>
-      <c r="C306" s="3"/>
+      <c r="C306" s="2"/>
     </row>
     <row r="307" spans="1:3" ht="16" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A307" s="31" t="s">
+      <c r="A307" s="27" t="s">
         <v>20</v>
       </c>
-      <c r="B307" s="32" t="s">
+      <c r="B307" s="28" t="s">
         <v>547</v>
       </c>
-      <c r="C307" s="33"/>
+      <c r="C307" s="29"/>
     </row>
     <row r="308" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A308" s="31"/>
-[...1 lines deleted...]
-      <c r="C308" s="33"/>
+      <c r="A308" s="27"/>
+      <c r="B308" s="28"/>
+      <c r="C308" s="29"/>
     </row>
     <row r="309" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A309" s="31" t="s">
+      <c r="A309" s="27" t="s">
         <v>545</v>
       </c>
-      <c r="B309" s="34"/>
-      <c r="C309" s="33"/>
+      <c r="B309" s="30"/>
+      <c r="C309" s="29"/>
     </row>
     <row r="310" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A310" s="31"/>
-[...1 lines deleted...]
-      <c r="C310" s="33"/>
+      <c r="A310" s="27"/>
+      <c r="B310" s="31"/>
+      <c r="C310" s="29"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B116:C302">
     <sortCondition ref="B116:B302"/>
   </sortState>
   <mergeCells count="17">
     <mergeCell ref="A303:A304"/>
     <mergeCell ref="A116:A302"/>
     <mergeCell ref="A101:A102"/>
     <mergeCell ref="A104:A105"/>
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="A22:A23"/>
     <mergeCell ref="A24:A44"/>
     <mergeCell ref="A3:A21"/>
     <mergeCell ref="A45:A87"/>
     <mergeCell ref="A88:A97"/>
     <mergeCell ref="A305:A306"/>
     <mergeCell ref="A307:A308"/>
     <mergeCell ref="B307:B308"/>
     <mergeCell ref="C307:C308"/>
     <mergeCell ref="A309:A310"/>
     <mergeCell ref="C309:C310"/>
     <mergeCell ref="B309:B310"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>