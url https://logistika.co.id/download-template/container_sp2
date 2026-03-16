--- v0 (2025-10-24)
+++ v1 (2026-03-16)
@@ -5,220 +5,446 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="10119"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/arifal/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{49AADB47-EB5C-1F4C-83E0-6784BB7FB32A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{40397305-9276-1949-A230-A31F4ECBE846}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="500" windowWidth="33600" windowHeight="19220" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="500" windowWidth="33600" windowHeight="19120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Coparn" sheetId="1" r:id="rId1"/>
     <sheet name="Panduan" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029" forceFullCalc="1"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="50">
   <si>
     <t>Container No</t>
   </si>
   <si>
     <t>Wajib diisi dengan 11 karakter dari nomor container</t>
   </si>
   <si>
     <t>Kolom Coparn</t>
   </si>
   <si>
     <t>Penjelasan</t>
+  </si>
+  <si>
+    <t>Container Code</t>
+  </si>
+  <si>
+    <t>Status</t>
+  </si>
+  <si>
+    <t>22G1</t>
+  </si>
+  <si>
+    <t>Container Dry 20 ft</t>
+  </si>
+  <si>
+    <t>22U1</t>
+  </si>
+  <si>
+    <t>Container Open Top 20 ft</t>
+  </si>
+  <si>
+    <t>42G1</t>
+  </si>
+  <si>
+    <t>Container Dry 40 ft</t>
+  </si>
+  <si>
+    <t>45G1</t>
+  </si>
+  <si>
+    <t>Container Dry High Cube 40 ft</t>
+  </si>
+  <si>
+    <t>42U1</t>
+  </si>
+  <si>
+    <t>Container Open Top 40 ft</t>
+  </si>
+  <si>
+    <t>45U1</t>
+  </si>
+  <si>
+    <t>Container Open Top 40 ft High Cube</t>
+  </si>
+  <si>
+    <t>L5G1</t>
+  </si>
+  <si>
+    <t>Container 45 ft High Cube</t>
+  </si>
+  <si>
+    <t>22R1</t>
+  </si>
+  <si>
+    <t>Container Reefer 20 ft</t>
+  </si>
+  <si>
+    <t>42R1</t>
+  </si>
+  <si>
+    <t>Container Reefer 40 ft</t>
+  </si>
+  <si>
+    <t>45R1</t>
+  </si>
+  <si>
+    <t>Container Reefer 40 ft High Cube</t>
+  </si>
+  <si>
+    <t>22DG</t>
+  </si>
+  <si>
+    <t>Container DG 20 ft</t>
+  </si>
+  <si>
+    <t>42DG</t>
+  </si>
+  <si>
+    <t>Container DG 40 ft</t>
+  </si>
+  <si>
+    <t>45DG</t>
+  </si>
+  <si>
+    <t>Container DG 40 ft High Cube</t>
+  </si>
+  <si>
+    <t>22T1</t>
+  </si>
+  <si>
+    <t>Container Tank 20 ft</t>
+  </si>
+  <si>
+    <t>42T1</t>
+  </si>
+  <si>
+    <t>Container Tank 40 ft</t>
+  </si>
+  <si>
+    <t>45T1</t>
+  </si>
+  <si>
+    <t>Container Tank 40 ft High Cube</t>
+  </si>
+  <si>
+    <t>22P3</t>
+  </si>
+  <si>
+    <t>Container Flat Rack 20 ft</t>
+  </si>
+  <si>
+    <t>42P3</t>
+  </si>
+  <si>
+    <t>Container Flat Rack 40 ft</t>
+  </si>
+  <si>
+    <t>45P3</t>
+  </si>
+  <si>
+    <t>Container Flat Rack 40 ft High Cube</t>
+  </si>
+  <si>
+    <t>FCL</t>
+  </si>
+  <si>
+    <t>LCL</t>
+  </si>
+  <si>
+    <t>MTY</t>
+  </si>
+  <si>
+    <t>Full Container Load – muatan penuh satu container oleh satu shipper</t>
+  </si>
+  <si>
+    <t>Empty Container – container kosong tanpa muatan</t>
+  </si>
+  <si>
+    <t>Less Container Load – muatan gabungan dalam satu container dari beberapa shipper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FFCE9178"/>
       <name val="Monaco"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF9C0006"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFBDD7EE"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC7CE"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="4">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="0" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="3" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="Bad" xfId="1" builtinId="27"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -481,114 +707,347 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:A4"/>
+  <dimension ref="A1:C4"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="79" workbookViewId="0"/>
+    <sheetView tabSelected="1" zoomScale="174" workbookViewId="0">
+      <selection activeCell="B2" sqref="B2"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="15.33203125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="15.33203125" style="19" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="14.83203125" style="19" customWidth="1"/>
+    <col min="3" max="3" width="9.6640625" style="19" customWidth="1"/>
+    <col min="4" max="16384" width="8.83203125" style="19"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:3" ht="16" x14ac:dyDescent="0.2">
+      <c r="A1" s="9" t="s">
         <v>0</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="A4" s="10"/>
+      <c r="B1" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1" s="18" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A2" s="8"/>
+    </row>
+    <row r="3" spans="1:3" ht="16" x14ac:dyDescent="0.2">
+      <c r="A3" s="20"/>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A4" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{4088A69B-A750-EF4D-A119-739A3A25833A}">
+          <x14:formula1>
+            <xm:f>Panduan!$B$22:$B$24</xm:f>
+          </x14:formula1>
+          <xm:sqref>C2:C34</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{8FC3E5D9-C4C9-FE4A-9877-81F173684429}">
+          <x14:formula1>
+            <xm:f>Panduan!$B$3:$B$21</xm:f>
+          </x14:formula1>
+          <xm:sqref>B2:B29</xm:sqref>
+        </x14:dataValidation>
+      </x14:dataValidations>
+    </ext>
+  </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3D8060EA-4535-4DA2-9010-4DE4E29F08C7}">
-  <dimension ref="A1:C2"/>
+  <dimension ref="A1:C24"/>
   <sheetViews>
-    <sheetView zoomScale="62" workbookViewId="0">
-      <selection activeCell="C19" sqref="C19"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B23" sqref="B23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="30.5" style="8" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="145.6640625" style="2" customWidth="1"/>
+    <col min="1" max="1" width="30.5" style="6" customWidth="1"/>
+    <col min="2" max="2" width="48.33203125" style="3" customWidth="1"/>
+    <col min="3" max="3" width="60.83203125" style="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" s="6" customFormat="1" ht="16" x14ac:dyDescent="0.2">
-      <c r="A1" s="7" t="s">
+    <row r="1" spans="1:3" s="4" customFormat="1" ht="16" x14ac:dyDescent="0.2">
+      <c r="A1" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="B1" s="12" t="s">
+      <c r="B1" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="C1" s="12"/>
-[...2 lines deleted...]
-      <c r="A2" s="9" t="s">
+      <c r="C1" s="7"/>
+    </row>
+    <row r="2" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A2" s="13" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="4" t="s">
+      <c r="B2" s="11" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="3"/>
+      <c r="C2" s="2"/>
+    </row>
+    <row r="3" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="12"/>
+      <c r="B4" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="12"/>
+      <c r="B5" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="12"/>
+      <c r="B6" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="12"/>
+      <c r="B7" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="12"/>
+      <c r="B8" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="12"/>
+      <c r="B9" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="12"/>
+      <c r="B10" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="12"/>
+      <c r="B11" s="11" t="s">
+        <v>22</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="12"/>
+      <c r="B12" s="11" t="s">
+        <v>24</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="12"/>
+      <c r="B13" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="12"/>
+      <c r="B14" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="12"/>
+      <c r="B15" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="12"/>
+      <c r="B16" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="12"/>
+      <c r="B17" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="12"/>
+      <c r="B18" s="11" t="s">
+        <v>36</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="12"/>
+      <c r="B19" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="12"/>
+      <c r="B20" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="12"/>
+      <c r="B21" s="11" t="s">
+        <v>42</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="B22" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C22" s="17" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="15"/>
+      <c r="B23" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="16"/>
+      <c r="B24" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>48</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="1">
+  <mergeCells count="3">
     <mergeCell ref="B1:C1"/>
+    <mergeCell ref="A3:A21"/>
+    <mergeCell ref="A22:A24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Coparn</vt:lpstr>
       <vt:lpstr>Panduan</vt:lpstr>
     </vt:vector>